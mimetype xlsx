--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="558" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="606" uniqueCount="228">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
@@ -647,50 +647,101 @@
     <t>Regulamenta Federal a aplicação da Lei n° 13.709/2018 (Lei Geral de âmbito Proteção de Dados Pessoais - LGPD), no da Câmara Municipal de São Salvador do Tocantins/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Institui a Política de Privacidade e Proteção de Dados, no âmbito da Câmara Municipal de São Salvador do Tocantins/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>Encarregada/responsável pelo Tratamento de Dados Pessoais da Câmara Municipal de São Salvador do Tocantins: WERLENE CARDOSO DE ALMEIDA, Matrícula nº 141. Canais de comunicação: Telefone: (63) 3396-1123 - E-mail: camarasaosalvador@hotmail.com - Endereço: Av. Afonso Pena, s/nº, Centro, Câmara de São Salvador do Tocantins.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei Federal nº 14.129/2021, no âmbito do Poder Legislativo Municipal, para instituir o Programa de Governo Digital, e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Exoneração da servidora Juscielly Pereira Aires Souto, do cargo de Ouvidoria, que exercia as funções de responsável pelo Portal da Transparência e Diário Oficial, da Câmara Municipal de São Salvador do Tocantins/TO.</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>Exoneração da Sra. Werlene Cardoso de Almeida, do cargo de Ouvidoria, que exercia as funções de responsável pelo Portal da Transparência e Diário Oficial, da Câmara Municipal de São Salvador do Tocantins/TO.</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Nomeação de Eliene Rodrigues Pereira Souza, no cargo de Secretária Geral da Câmara Municipal de São Salvador do Tocantins.</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>Nomeação de José Rodolfo Gomes da Silva, na função de Tesoureiro da Câmara Municipal de São Salvador do Tocantins.</t>
+  </si>
+  <si>
+    <t>652</t>
+  </si>
+  <si>
+    <t>Nomeação de Ana Divina Fernandes Oliveira, no cargo de Controle Interno da Câmara Municipal de São Salvador do Tocantins.</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>Nomeação de Ana Carolina Santos Soares, na função de Coordenadora do Almoxarifado e Patrimônio da Câmara Municipal de São Salvador do Tocantins.</t>
+  </si>
+  <si>
+    <t>654</t>
+  </si>
+  <si>
+    <t>Nomeação de Eduardo Soares Fernandes, no cargo de Ouvidor e exercendo as funções de responsável pelo Portal da Transparência e Diário Oficial da Câmara Municipal de São Salvador do Tocantins.</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>Nomeação de Ana Carolina Santos Soares, como responsável autorizada pelo SICAP - Licitação, Contratos e Obras (SICAP-LCO), da Câmara Municipal de São Salvador do Tocantins.</t>
+  </si>
+  <si>
+    <t>656</t>
+  </si>
+  <si>
+    <t>Nomeação de José Rodolfo Gomes da Silva, para responder pelo SICAP Ato de Pessoal (SICAP-AP) e responsável pelo RH, da Câmara Municipal de São Salvador do Tocantins.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -982,51 +1033,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F93"/>
+  <dimension ref="A1:F101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2854,50 +2905,210 @@
       <c r="E92" t="s">
         <v>10</v>
       </c>
       <c r="F92" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>209</v>
       </c>
       <c r="B93" t="s">
         <v>179</v>
       </c>
       <c r="C93" t="s">
         <v>78</v>
       </c>
       <c r="D93" t="s">
         <v>9</v>
       </c>
       <c r="E93" t="s">
         <v>10</v>
       </c>
       <c r="F93" t="s">
         <v>210</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>211</v>
+      </c>
+      <c r="B94" t="s">
+        <v>179</v>
+      </c>
+      <c r="C94" t="s">
+        <v>81</v>
+      </c>
+      <c r="D94" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" t="s">
+        <v>10</v>
+      </c>
+      <c r="F94" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>213</v>
+      </c>
+      <c r="B95" t="s">
+        <v>214</v>
+      </c>
+      <c r="C95" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95" t="s">
+        <v>10</v>
+      </c>
+      <c r="F95" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" t="s">
+        <v>216</v>
+      </c>
+      <c r="B96" t="s">
+        <v>214</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>9</v>
+      </c>
+      <c r="E96" t="s">
+        <v>10</v>
+      </c>
+      <c r="F96" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" t="s">
+        <v>218</v>
+      </c>
+      <c r="B97" t="s">
+        <v>214</v>
+      </c>
+      <c r="C97" t="s">
+        <v>16</v>
+      </c>
+      <c r="D97" t="s">
+        <v>9</v>
+      </c>
+      <c r="E97" t="s">
+        <v>10</v>
+      </c>
+      <c r="F97" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" t="s">
+        <v>220</v>
+      </c>
+      <c r="B98" t="s">
+        <v>214</v>
+      </c>
+      <c r="C98" t="s">
+        <v>19</v>
+      </c>
+      <c r="D98" t="s">
+        <v>9</v>
+      </c>
+      <c r="E98" t="s">
+        <v>10</v>
+      </c>
+      <c r="F98" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" t="s">
+        <v>222</v>
+      </c>
+      <c r="B99" t="s">
+        <v>214</v>
+      </c>
+      <c r="C99" t="s">
+        <v>22</v>
+      </c>
+      <c r="D99" t="s">
+        <v>9</v>
+      </c>
+      <c r="E99" t="s">
+        <v>10</v>
+      </c>
+      <c r="F99" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" t="s">
+        <v>224</v>
+      </c>
+      <c r="B100" t="s">
+        <v>214</v>
+      </c>
+      <c r="C100" t="s">
+        <v>25</v>
+      </c>
+      <c r="D100" t="s">
+        <v>9</v>
+      </c>
+      <c r="E100" t="s">
+        <v>10</v>
+      </c>
+      <c r="F100" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" t="s">
+        <v>226</v>
+      </c>
+      <c r="B101" t="s">
+        <v>214</v>
+      </c>
+      <c r="C101" t="s">
+        <v>28</v>
+      </c>
+      <c r="D101" t="s">
+        <v>9</v>
+      </c>
+      <c r="E101" t="s">
+        <v>10</v>
+      </c>
+      <c r="F101" t="s">
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>