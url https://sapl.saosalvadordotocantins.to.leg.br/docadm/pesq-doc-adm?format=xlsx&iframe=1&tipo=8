--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="678" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="726" uniqueCount="313">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -877,50 +877,122 @@
     <t>613</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Presença dos Parlamentares na Sessão Ordinária do dia 12/11/2025.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Presença dos Parlamentares na Sessão Ordinária do dia 13/11/2025.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Presença dos Parlamentares na Sessão Ordinária do dia 14/11/2025.</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Ordinária do dia 01/12/2025.</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Ordinária do dia 02/12/2025.</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Extraordinária do dia 02/12/2025.</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Ordinária do dia 03/12/2025.</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Ordinária do dia 04/12/2025.</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Extraordinária do dia 04/12/2025.</t>
+  </si>
+  <si>
+    <t>638</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Ordinária do dia 05/12/2025.</t>
+  </si>
+  <si>
+    <t>639</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Especial da Mesa - Dia 05/12/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1212,51 +1284,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F113"/>
+  <dimension ref="A1:F121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3484,50 +3556,210 @@
       <c r="E112" t="s">
         <v>10</v>
       </c>
       <c r="F112" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>286</v>
       </c>
       <c r="B113" t="s">
         <v>162</v>
       </c>
       <c r="C113" t="s">
         <v>287</v>
       </c>
       <c r="D113" t="s">
         <v>9</v>
       </c>
       <c r="E113" t="s">
         <v>10</v>
       </c>
       <c r="F113" t="s">
         <v>288</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" t="s">
+        <v>289</v>
+      </c>
+      <c r="B114" t="s">
+        <v>162</v>
+      </c>
+      <c r="C114" t="s">
+        <v>290</v>
+      </c>
+      <c r="D114" t="s">
+        <v>9</v>
+      </c>
+      <c r="E114" t="s">
+        <v>10</v>
+      </c>
+      <c r="F114" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" t="s">
+        <v>292</v>
+      </c>
+      <c r="B115" t="s">
+        <v>162</v>
+      </c>
+      <c r="C115" t="s">
+        <v>293</v>
+      </c>
+      <c r="D115" t="s">
+        <v>9</v>
+      </c>
+      <c r="E115" t="s">
+        <v>10</v>
+      </c>
+      <c r="F115" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" t="s">
+        <v>295</v>
+      </c>
+      <c r="B116" t="s">
+        <v>162</v>
+      </c>
+      <c r="C116" t="s">
+        <v>296</v>
+      </c>
+      <c r="D116" t="s">
+        <v>9</v>
+      </c>
+      <c r="E116" t="s">
+        <v>10</v>
+      </c>
+      <c r="F116" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" t="s">
+        <v>298</v>
+      </c>
+      <c r="B117" t="s">
+        <v>162</v>
+      </c>
+      <c r="C117" t="s">
+        <v>299</v>
+      </c>
+      <c r="D117" t="s">
+        <v>9</v>
+      </c>
+      <c r="E117" t="s">
+        <v>10</v>
+      </c>
+      <c r="F117" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" t="s">
+        <v>301</v>
+      </c>
+      <c r="B118" t="s">
+        <v>162</v>
+      </c>
+      <c r="C118" t="s">
+        <v>302</v>
+      </c>
+      <c r="D118" t="s">
+        <v>9</v>
+      </c>
+      <c r="E118" t="s">
+        <v>10</v>
+      </c>
+      <c r="F118" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119" t="s">
+        <v>304</v>
+      </c>
+      <c r="B119" t="s">
+        <v>162</v>
+      </c>
+      <c r="C119" t="s">
+        <v>305</v>
+      </c>
+      <c r="D119" t="s">
+        <v>9</v>
+      </c>
+      <c r="E119" t="s">
+        <v>10</v>
+      </c>
+      <c r="F119" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" t="s">
+        <v>307</v>
+      </c>
+      <c r="B120" t="s">
+        <v>162</v>
+      </c>
+      <c r="C120" t="s">
+        <v>308</v>
+      </c>
+      <c r="D120" t="s">
+        <v>9</v>
+      </c>
+      <c r="E120" t="s">
+        <v>10</v>
+      </c>
+      <c r="F120" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" t="s">
+        <v>310</v>
+      </c>
+      <c r="B121" t="s">
+        <v>162</v>
+      </c>
+      <c r="C121" t="s">
+        <v>311</v>
+      </c>
+      <c r="D121" t="s">
+        <v>9</v>
+      </c>
+      <c r="E121" t="s">
+        <v>10</v>
+      </c>
+      <c r="F121" t="s">
+        <v>312</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>