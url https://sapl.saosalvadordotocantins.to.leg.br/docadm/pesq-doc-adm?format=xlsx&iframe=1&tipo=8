--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="726" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="738" uniqueCount="319">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -949,50 +949,68 @@
     <t>637</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Presença dos Parlamentares na Sessão Extraordinária do dia 04/12/2025.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Presença dos Parlamentares na Sessão Ordinária do dia 05/12/2025.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Presença dos Parlamentares na Sessão Especial da Mesa - Dia 05/12/2025.</t>
+  </si>
+  <si>
+    <t>659</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Extraordinária do dia 16/12/2025.</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>Presença dos Parlamentares na Sessão Extraordinária do dia 22/12/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1284,51 +1302,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F121"/>
+  <dimension ref="A1:F123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3716,50 +3734,90 @@
       <c r="E120" t="s">
         <v>10</v>
       </c>
       <c r="F120" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>310</v>
       </c>
       <c r="B121" t="s">
         <v>162</v>
       </c>
       <c r="C121" t="s">
         <v>311</v>
       </c>
       <c r="D121" t="s">
         <v>9</v>
       </c>
       <c r="E121" t="s">
         <v>10</v>
       </c>
       <c r="F121" t="s">
         <v>312</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" t="s">
+        <v>313</v>
+      </c>
+      <c r="B122" t="s">
+        <v>162</v>
+      </c>
+      <c r="C122" t="s">
+        <v>314</v>
+      </c>
+      <c r="D122" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" t="s">
+        <v>10</v>
+      </c>
+      <c r="F122" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" t="s">
+        <v>316</v>
+      </c>
+      <c r="B123" t="s">
+        <v>162</v>
+      </c>
+      <c r="C123" t="s">
+        <v>317</v>
+      </c>
+      <c r="D123" t="s">
+        <v>9</v>
+      </c>
+      <c r="E123" t="s">
+        <v>10</v>
+      </c>
+      <c r="F123" t="s">
+        <v>318</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>