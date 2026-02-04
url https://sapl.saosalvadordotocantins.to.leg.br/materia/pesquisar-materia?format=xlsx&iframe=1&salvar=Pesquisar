--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2032" uniqueCount="834">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2040" uniqueCount="837">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -252,50 +252,62 @@
   <si>
     <t>252</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no21-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre programa de benefícios fiscais, e dá outras providências. (votação aprovado)</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/ple_22-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Plano de Contingência Municipal de São Salvador do Tocantins e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/ple_25-25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o repasse do pagamento de incentivo financeiro anual aos Agentes Comunitários de Saúde e Agentes de Combates a Endemias da Prefeitura Municipal de São Salvador do Tocantins/TO. (Votação: aprovado).</t>
+  </si>
+  <si>
     <t>262</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>PLC-E</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/plc_24-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade para aquisição de bens, produtos e serviços junto a fornecedores locais e regionais no âmbito da Administração Pública Municipal, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
@@ -424,53 +436,50 @@
     <t>171</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Cássio Aureliano</t>
   </si>
   <si>
     <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/req_23-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que haja realização de estudos e providencias que for necessários, no sentido de instalar placas de transito de "PROIBIDO ESTACIONAR" em frente a Escola Municipal Brasil Para Todos (Avenida Tocantins) de segunda a sexta em período de aula. (votação aprovado)</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/req_24-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja feita reforma e climatização do centro cultural (auditório para reunião e eventos). (votação aprovado)</t>
   </si>
   <si>
     <t>173</t>
-  </si>
-[...1 lines deleted...]
-    <t>25</t>
   </si>
   <si>
     <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/req_25-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja feita reforma no centro de convivência com a construção de uma piscina para hidroginástica para o pessoal da melhor idade. (votação aprovado)</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/req_26-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja providenciado uma "Capela Municipal" de velório, climatizada e ampla, com espaço de iluminação, encanação, para receber familiares e amigos, com espaço adequado para despedidas dignas dos seus entes queridos, nos cemitérios de São Salvador e Povoado Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>27</t>
   </si>
@@ -2861,56 +2870,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/p.l_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/p.l_002-2025_20250506091058.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/p.l_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/p.l_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/p.l_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/proj.lei_007-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/proj.lei_8-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_009-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/ple_10-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/proj_lei_15.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/247/proj.lei_017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_no19-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/ple_22-25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/plc_24-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/pr_02-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/pr_05-25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/pr_06-25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/req_05-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/req_07-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/req_21-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/req_22-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/req_23-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/req_24-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/req_25-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/req_26-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/req_27-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/req_28-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/req_29-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/req_30-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/req_31-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/req_32-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/req_33-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/req_34-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/req_35-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/req_36-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/req_37-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/req_38-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/req_39-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/req.40__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/req.41__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/req.42__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/req.43__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/req.44__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/req.45__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/req_46._26-05.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/req_47._26-05_20250612102615.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/req.48.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/req._49_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento50_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento51_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento52_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento53_15-09-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/req54_17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_55_18-09-2025_20251013100429.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/req_57-25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/req_58-25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/req_59-25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/req_60-25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/ind_02-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/ind_03-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/ind_04-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/ind_05-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/ind_06-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/ind_07-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/ind_08-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/ind_09-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/ind_10-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/ind_11-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/ind_12-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/ind_13-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/ind_14-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/ind_15-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/ind_16-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/ind_17-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/ind_18-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/ind_19-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/ind_20-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/ind_21-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/ind_22-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indic.23__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indic.24__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indic.25__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indic.26__14-04-2025_20250507092213.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indic.27__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indic.28__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indic.29__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indic.30__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indic.31__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indic.32__15-04-2025_20250507092814.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indic.33__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indic.34__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indic.35__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indic.36__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indic.37__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indic.38__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/ind_40.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_41_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_42_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_43_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_44_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao45_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_46_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_47_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_48_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_49_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao50_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao51_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao52_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_53_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n54_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/244/ind.56_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/245/ind.57_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao58_10-11-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/ind._59-25-junto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/ind._60-25.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/87/requerimento_0012024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/88/requerimento__no_002.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/96/requerimento_no_004_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/97/requerimento_no_005.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/99/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/100/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/101/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/102/requerimento_010_wander.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/103/requerimento_011_izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/104/requerimento_012__izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/105/requerimento_013_izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/106/requerimento_014_lilian_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/107/requerimento_015_abenilio_e_isaque_junior.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/108/requerimento_016abenilio_e_rosivan_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/109/requerimento_017_abenilio.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/110/requerimento_018_ileide.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/111/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/112/requerimento_020_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/113/requerimento_021_1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/114/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/115/requerimento_0232024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/116/requerimento_2403_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/117/requerimento_025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/121/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/122/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/123/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/124/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/125/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/126/requerimento_033.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/127/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/128/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/132/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/133/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/134/requerimento_n_41.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/135/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/136/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/137/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/138/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/58/req._n_01_cassio_aureliano_pereira.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/59/req._n._02_elen_marya.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/60/req._n._03_elen_marya.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/61/req._n._04_elen_marya_e_ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/62/req._n._05_wander_luiz_polidorio.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_06._autor.__elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/2/pl-e_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/3/pl-e_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/8/pl-e_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/9/pl-e_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/10/pl-e_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/11/pl-e_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/56/pl-e_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/55/pl-e_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/4/pl-e_no_484-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/5/pl-l_no_02-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/6/pl-l_no_03-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/7/pl-l_no_04-2022_-_cassio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/12/pl-l_no_05-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/13/pl-l_no_06-2022_-_cassio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/1/plc-e_no_845-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/52/pr_01.2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/57/pr_03.2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/14/r_01-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/15/r_02-22_izaque_e_cassio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/16/r_03-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/17/r_04-22_elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/18/r_05-22_nelson_e_izaque.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/19/r_06-22_elyesyo_e_ileide.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/23/r_07-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/24/r_08-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/25/r_09-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/26/r_10-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/27/r_11-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/28/r_12-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/29/r_13-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/30/r_14-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/31/r_15-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/32/r_16-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/33/r_17-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/34/r_18-22_cassio_e_elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/35/r_19-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/36/r_20-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/37/r_21-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/38/r_22-22_lilian.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/20/r_23-22_izael.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/39/r_24-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/40/r_25-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/41/r_26-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/43/r_28-22_cassio_e_joao_santana.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/44/r_29-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/45/r_30-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/46/r_31-22_izaque.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/47/r_32-22_izaque.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/21/r_33-22_izael.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/22/r_34-22_izael.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/48/r_35-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/49/r_36-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/50/r_37-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/53/r_38-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_001-2021_ver._elyesyo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_002-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_003-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_004-2021_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_005-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_007-2021_ver._izaque.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_009-2021_ver._joao.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_010-2021_ver._izaque.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_no_011-2021_ver._wander.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_no_015-2021_ver._ileide_e_elen_mayra.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_no_017-2021_ver._wander.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/75/req._17.2021_izaque_junior.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/76/req._018.2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/77/req._19.2021_cassio_wander_e_nelson_-1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/78/req._20._izaque_junior.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/79/req._25.2021_ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/80/req._26.2021_cassio.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/81/req._28.2021_elyesyo_t._bezerra.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/82/req._32.2021_joao_santana_e_vereador_cassio_a._pereira.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/83/req._33.2021_lilian_de_souza_milhomem.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/84/req._34.2021_ver._ileide_a._de_abreu.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/85/req._35.2021_ver._ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/86/req._36.2021_vereador_ileide_alves_de_abreu.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/p.l_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/p.l_002-2025_20250506091058.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/p.l_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/p.l_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/p.l_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/proj.lei_007-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/proj.lei_8-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_009-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/ple_10-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/proj_lei_15.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/247/proj.lei_017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_no19-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/ple_22-25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/ple_25-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/plc_24-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/pr_02-25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/pr_05-25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/pr_06-25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/req_05-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/req_07-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/req_21-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/req_22-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/req_23-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/req_24-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/req_25-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/req_26-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/req_27-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/req_28-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/req_29-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/req_30-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/req_31-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/req_32-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/req_33-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/req_34-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/req_35-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/req_36-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/req_37-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/req_38-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/req_39-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/req.40__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/req.41__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/req.42__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/req.43__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/req.44__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/req.45__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/req_46._26-05.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/req_47._26-05_20250612102615.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/req.48.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/req._49_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento50_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento51_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento52_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento53_15-09-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/req54_17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_55_18-09-2025_20251013100429.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/req_57-25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/req_58-25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/req_59-25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/req_60-25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/ind_02-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/ind_03-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/ind_04-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/ind_05-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/ind_06-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/ind_07-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/ind_08-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/ind_09-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/ind_10-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/ind_11-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/ind_12-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/ind_13-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/ind_14-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/ind_15-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/ind_16-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/ind_17-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/ind_18-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/ind_19-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/ind_20-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/ind_21-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/ind_22-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indic.23__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indic.24__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indic.25__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indic.26__14-04-2025_20250507092213.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indic.27__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indic.28__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indic.29__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indic.30__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indic.31__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indic.32__15-04-2025_20250507092814.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indic.33__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indic.34__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indic.35__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indic.36__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indic.37__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indic.38__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/ind_40.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_41_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_42_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_43_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_44_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao45_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_46_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_47_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_48_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_49_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao50_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao51_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao52_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_53_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n54_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/244/ind.56_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/245/ind.57_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao58_10-11-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/ind._59-25-junto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/ind._60-25.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/87/requerimento_0012024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/88/requerimento__no_002.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/96/requerimento_no_004_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/97/requerimento_no_005.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/99/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/100/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/101/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/102/requerimento_010_wander.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/103/requerimento_011_izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/104/requerimento_012__izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/105/requerimento_013_izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/106/requerimento_014_lilian_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/107/requerimento_015_abenilio_e_isaque_junior.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/108/requerimento_016abenilio_e_rosivan_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/109/requerimento_017_abenilio.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/110/requerimento_018_ileide.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/111/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/112/requerimento_020_1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/113/requerimento_021_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/114/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/115/requerimento_0232024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/116/requerimento_2403_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/117/requerimento_025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/121/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/122/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/123/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/124/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/125/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/126/requerimento_033.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/127/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/128/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/132/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/133/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/134/requerimento_n_41.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/135/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/136/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/137/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/138/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/58/req._n_01_cassio_aureliano_pereira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/59/req._n._02_elen_marya.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/60/req._n._03_elen_marya.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/61/req._n._04_elen_marya_e_ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/62/req._n._05_wander_luiz_polidorio.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_06._autor.__elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/2/pl-e_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/3/pl-e_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/8/pl-e_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/9/pl-e_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/10/pl-e_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/11/pl-e_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/56/pl-e_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/55/pl-e_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/4/pl-e_no_484-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/5/pl-l_no_02-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/6/pl-l_no_03-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/7/pl-l_no_04-2022_-_cassio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/12/pl-l_no_05-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/13/pl-l_no_06-2022_-_cassio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/1/plc-e_no_845-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/52/pr_01.2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/57/pr_03.2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/14/r_01-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/15/r_02-22_izaque_e_cassio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/16/r_03-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/17/r_04-22_elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/18/r_05-22_nelson_e_izaque.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/19/r_06-22_elyesyo_e_ileide.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/23/r_07-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/24/r_08-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/25/r_09-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/26/r_10-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/27/r_11-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/28/r_12-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/29/r_13-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/30/r_14-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/31/r_15-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/32/r_16-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/33/r_17-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/34/r_18-22_cassio_e_elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/35/r_19-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/36/r_20-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/37/r_21-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/38/r_22-22_lilian.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/20/r_23-22_izael.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/39/r_24-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/40/r_25-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/41/r_26-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/43/r_28-22_cassio_e_joao_santana.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/44/r_29-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/45/r_30-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/46/r_31-22_izaque.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/47/r_32-22_izaque.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/21/r_33-22_izael.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/22/r_34-22_izael.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/48/r_35-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/49/r_36-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/50/r_37-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/53/r_38-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_001-2021_ver._elyesyo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_002-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_003-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_004-2021_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_005-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_007-2021_ver._izaque.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_009-2021_ver._joao.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_010-2021_ver._izaque.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_no_011-2021_ver._wander.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_no_015-2021_ver._ileide_e_elen_mayra.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_no_017-2021_ver._wander.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/75/req._17.2021_izaque_junior.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/76/req._018.2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/77/req._19.2021_cassio_wander_e_nelson_-1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/78/req._20._izaque_junior.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/79/req._25.2021_ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/80/req._26.2021_cassio.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/81/req._28.2021_elyesyo_t._bezerra.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/82/req._32.2021_joao_santana_e_vereador_cassio_a._pereira.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/83/req._33.2021_lilian_de_souza_milhomem.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/84/req._34.2021_ver._ileide_a._de_abreu.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/85/req._35.2021_ver._ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/86/req._36.2021_vereador_ileide_alves_de_abreu.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H255"/>
+  <dimension ref="A1:H256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="138.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3361,6175 +3370,6201 @@
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="H19" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" t="s">
         <v>86</v>
       </c>
-      <c r="B20" t="s">
-[...5 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>87</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="F20" t="s">
+      <c r="H20" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" t="s">
         <v>92</v>
       </c>
-      <c r="B21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="D22" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E22" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F22" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H22" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>99</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="D23" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="E23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F23" t="s">
+        <v>93</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E24" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F24" t="s">
         <v>106</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H24" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D25" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E25" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F25" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D26" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E26" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F26" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D27" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E27" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F27" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H27" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D28" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E28" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F28" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>121</v>
       </c>
       <c r="H28" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="D29" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E29" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F29" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H29" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D30" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E30" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F30" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H30" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="D31" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E31" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F31" t="s">
+        <v>124</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>134</v>
       </c>
-      <c r="B32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E32" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F32" t="s">
-        <v>106</v>
+        <v>135</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H32" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>138</v>
+        <v>85</v>
       </c>
       <c r="D33" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E33" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F33" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H33" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
+        <v>81</v>
+      </c>
+      <c r="D34" t="s">
+        <v>104</v>
+      </c>
+      <c r="E34" t="s">
+        <v>105</v>
+      </c>
+      <c r="F34" t="s">
+        <v>110</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>145</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>104</v>
+      </c>
+      <c r="E35" t="s">
+        <v>105</v>
+      </c>
+      <c r="F35" t="s">
+        <v>110</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="D35" t="s">
-[...5 lines deleted...]
-      <c r="F35" t="s">
+      <c r="H35" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" t="s">
+        <v>104</v>
+      </c>
+      <c r="E36" t="s">
+        <v>105</v>
+      </c>
+      <c r="F36" t="s">
         <v>150</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="G36" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>153</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>154</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>104</v>
+      </c>
+      <c r="E37" t="s">
+        <v>105</v>
+      </c>
+      <c r="F37" t="s">
+        <v>110</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>157</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>158</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>104</v>
+      </c>
+      <c r="E38" t="s">
+        <v>105</v>
+      </c>
+      <c r="F38" t="s">
+        <v>110</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>162</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>104</v>
+      </c>
+      <c r="E39" t="s">
+        <v>105</v>
+      </c>
+      <c r="F39" t="s">
+        <v>110</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D39" t="s">
-[...5 lines deleted...]
-      <c r="F39" t="s">
+      <c r="H39" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" t="s">
+        <v>104</v>
+      </c>
+      <c r="E40" t="s">
+        <v>105</v>
+      </c>
+      <c r="F40" t="s">
         <v>167</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="G40" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>170</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>171</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>104</v>
+      </c>
+      <c r="E41" t="s">
+        <v>105</v>
+      </c>
+      <c r="F41" t="s">
+        <v>117</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>175</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>104</v>
+      </c>
+      <c r="E42" t="s">
+        <v>105</v>
+      </c>
+      <c r="F42" t="s">
+        <v>117</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="F42" t="s">
+      <c r="H42" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>179</v>
+      </c>
+      <c r="D43" t="s">
+        <v>104</v>
+      </c>
+      <c r="E43" t="s">
+        <v>105</v>
+      </c>
+      <c r="F43" t="s">
         <v>180</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="G43" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>184</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>104</v>
+      </c>
+      <c r="E44" t="s">
+        <v>105</v>
+      </c>
+      <c r="F44" t="s">
+        <v>117</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>188</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>104</v>
+      </c>
+      <c r="E45" t="s">
+        <v>105</v>
+      </c>
+      <c r="F45" t="s">
+        <v>117</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="D45" t="s">
-[...5 lines deleted...]
-      <c r="F45" t="s">
+      <c r="H45" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>192</v>
+      </c>
+      <c r="D46" t="s">
+        <v>104</v>
+      </c>
+      <c r="E46" t="s">
+        <v>105</v>
+      </c>
+      <c r="F46" t="s">
         <v>193</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="G46" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>197</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>104</v>
+      </c>
+      <c r="E47" t="s">
+        <v>105</v>
+      </c>
+      <c r="F47" t="s">
+        <v>124</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="D47" t="s">
-[...5 lines deleted...]
-      <c r="F47" t="s">
+      <c r="H47" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>201</v>
+      </c>
+      <c r="D48" t="s">
+        <v>104</v>
+      </c>
+      <c r="E48" t="s">
+        <v>105</v>
+      </c>
+      <c r="F48" t="s">
         <v>202</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="G48" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>205</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>206</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>104</v>
+      </c>
+      <c r="E49" t="s">
+        <v>105</v>
+      </c>
+      <c r="F49" t="s">
+        <v>124</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>210</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>104</v>
+      </c>
+      <c r="E50" t="s">
+        <v>105</v>
+      </c>
+      <c r="F50" t="s">
+        <v>150</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>213</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>214</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>104</v>
+      </c>
+      <c r="E51" t="s">
+        <v>105</v>
+      </c>
+      <c r="F51" t="s">
+        <v>135</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="D51" t="s">
-[...5 lines deleted...]
-      <c r="F51" t="s">
+      <c r="H51" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" t="s">
+        <v>104</v>
+      </c>
+      <c r="E52" t="s">
+        <v>105</v>
+      </c>
+      <c r="F52" t="s">
         <v>219</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="G52" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>222</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
         <v>223</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>104</v>
+      </c>
+      <c r="E53" t="s">
+        <v>105</v>
+      </c>
+      <c r="F53" t="s">
+        <v>135</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>226</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>227</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>104</v>
+      </c>
+      <c r="E54" t="s">
+        <v>105</v>
+      </c>
+      <c r="F54" t="s">
+        <v>117</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>230</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>231</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>104</v>
+      </c>
+      <c r="E55" t="s">
+        <v>105</v>
+      </c>
+      <c r="F55" t="s">
+        <v>150</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>235</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>104</v>
+      </c>
+      <c r="E56" t="s">
+        <v>105</v>
+      </c>
+      <c r="F56" t="s">
+        <v>219</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>238</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>239</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>104</v>
+      </c>
+      <c r="E57" t="s">
+        <v>105</v>
+      </c>
+      <c r="F57" t="s">
+        <v>150</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>242</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>243</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>104</v>
+      </c>
+      <c r="E58" t="s">
+        <v>105</v>
+      </c>
+      <c r="F58" t="s">
+        <v>124</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="G58" s="1" t="s">
+      <c r="H58" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>246</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>247</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>104</v>
+      </c>
+      <c r="E59" t="s">
+        <v>105</v>
+      </c>
+      <c r="F59" t="s">
+        <v>193</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="G59" s="1" t="s">
+      <c r="H59" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>250</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>251</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>104</v>
+      </c>
+      <c r="E60" t="s">
+        <v>105</v>
+      </c>
+      <c r="F60" t="s">
+        <v>135</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D60" t="s">
-[...8 lines deleted...]
-      <c r="G60" s="1" t="s">
+      <c r="H60" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>254</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>255</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>104</v>
+      </c>
+      <c r="E61" t="s">
+        <v>105</v>
+      </c>
+      <c r="F61" t="s">
+        <v>219</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>258</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>259</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>104</v>
+      </c>
+      <c r="E62" t="s">
+        <v>105</v>
+      </c>
+      <c r="F62" t="s">
+        <v>135</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="D62" t="s">
-[...5 lines deleted...]
-      <c r="F62" t="s">
+      <c r="H62" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>262</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>263</v>
+      </c>
+      <c r="D63" t="s">
+        <v>104</v>
+      </c>
+      <c r="E63" t="s">
+        <v>105</v>
+      </c>
+      <c r="F63" t="s">
         <v>264</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="G63" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="G63" s="1" t="s">
+      <c r="H63" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>267</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>268</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>104</v>
+      </c>
+      <c r="E64" t="s">
+        <v>105</v>
+      </c>
+      <c r="F64" t="s">
+        <v>219</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>271</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>272</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>104</v>
+      </c>
+      <c r="E65" t="s">
+        <v>105</v>
+      </c>
+      <c r="F65" t="s">
+        <v>117</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="D65" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>275</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>276</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>104</v>
+      </c>
+      <c r="E66" t="s">
+        <v>105</v>
+      </c>
+      <c r="F66" t="s">
+        <v>124</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>279</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>280</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>104</v>
+      </c>
+      <c r="E67" t="s">
+        <v>105</v>
+      </c>
+      <c r="F67" t="s">
+        <v>193</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="G67" s="1" t="s">
+      <c r="H67" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>283</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>284</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>104</v>
+      </c>
+      <c r="E68" t="s">
+        <v>105</v>
+      </c>
+      <c r="F68" t="s">
+        <v>150</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>287</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>288</v>
       </c>
-      <c r="B69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D69" t="s">
+        <v>104</v>
+      </c>
+      <c r="E69" t="s">
+        <v>105</v>
+      </c>
+      <c r="F69" t="s">
+        <v>150</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="E69" t="s">
+      <c r="H69" t="s">
         <v>290</v>
-      </c>
-[...7 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>291</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70" t="s">
+        <v>292</v>
+      </c>
+      <c r="E70" t="s">
         <v>293</v>
       </c>
-      <c r="B70" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>294</v>
       </c>
       <c r="H70" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>296</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D71" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E71" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F71" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>297</v>
       </c>
       <c r="H71" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>299</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D72" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E72" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F72" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>300</v>
       </c>
       <c r="H72" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>302</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D73" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E73" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F73" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>303</v>
       </c>
       <c r="H73" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>305</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="D74" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E74" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F74" t="s">
-        <v>190</v>
+        <v>135</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H74" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>308</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="D75" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E75" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F75" t="s">
-        <v>131</v>
+        <v>193</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H75" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>311</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D76" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E76" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F76" t="s">
-        <v>164</v>
+        <v>135</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>312</v>
       </c>
       <c r="H76" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>314</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D77" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E77" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F77" t="s">
-        <v>113</v>
+        <v>167</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H77" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>317</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D78" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E78" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F78" t="s">
+        <v>117</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>320</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>45</v>
+      </c>
+      <c r="D79" t="s">
+        <v>292</v>
+      </c>
+      <c r="E79" t="s">
+        <v>293</v>
+      </c>
+      <c r="F79" t="s">
         <v>321</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="G79" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="D79" t="s">
-[...5 lines deleted...]
-      <c r="F79" t="s">
+      <c r="H79" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>324</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>325</v>
+      </c>
+      <c r="D80" t="s">
+        <v>292</v>
+      </c>
+      <c r="E80" t="s">
+        <v>293</v>
+      </c>
+      <c r="F80" t="s">
         <v>326</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="G80" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>329</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>330</v>
       </c>
-      <c r="B81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E81" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F81" t="s">
+        <v>219</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>333</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>49</v>
+      </c>
+      <c r="D82" t="s">
+        <v>292</v>
+      </c>
+      <c r="E82" t="s">
+        <v>293</v>
+      </c>
+      <c r="F82" t="s">
         <v>334</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="G82" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D82" t="s">
-[...5 lines deleted...]
-      <c r="F82" t="s">
+      <c r="H82" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>337</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>338</v>
+      </c>
+      <c r="D83" t="s">
+        <v>292</v>
+      </c>
+      <c r="E83" t="s">
+        <v>293</v>
+      </c>
+      <c r="F83" t="s">
         <v>339</v>
-      </c>
-[...13 lines deleted...]
-        <v>318</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>340</v>
       </c>
       <c r="H83" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>342</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
+        <v>53</v>
+      </c>
+      <c r="D84" t="s">
+        <v>292</v>
+      </c>
+      <c r="E84" t="s">
+        <v>293</v>
+      </c>
+      <c r="F84" t="s">
+        <v>321</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="D84" t="s">
-[...5 lines deleted...]
-      <c r="F84" t="s">
+      <c r="H84" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>345</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>346</v>
+      </c>
+      <c r="D85" t="s">
+        <v>292</v>
+      </c>
+      <c r="E85" t="s">
+        <v>293</v>
+      </c>
+      <c r="F85" t="s">
         <v>347</v>
       </c>
-      <c r="B85" t="s">
-[...11 lines deleted...]
-      <c r="F85" t="s">
+      <c r="G85" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>350</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>57</v>
+      </c>
+      <c r="D86" t="s">
+        <v>292</v>
+      </c>
+      <c r="E86" t="s">
+        <v>293</v>
+      </c>
+      <c r="F86" t="s">
         <v>351</v>
       </c>
-      <c r="B86" t="s">
-[...11 lines deleted...]
-      <c r="F86" t="s">
+      <c r="G86" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>354</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>61</v>
+      </c>
+      <c r="D87" t="s">
+        <v>292</v>
+      </c>
+      <c r="E87" t="s">
+        <v>293</v>
+      </c>
+      <c r="F87" t="s">
         <v>355</v>
-      </c>
-[...13 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>356</v>
       </c>
       <c r="H87" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>358</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D88" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E88" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F88" t="s">
+        <v>150</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>361</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>69</v>
+      </c>
+      <c r="D89" t="s">
+        <v>292</v>
+      </c>
+      <c r="E89" t="s">
+        <v>293</v>
+      </c>
+      <c r="F89" t="s">
         <v>362</v>
-      </c>
-[...13 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>363</v>
       </c>
       <c r="H89" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>365</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D90" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E90" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F90" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>366</v>
       </c>
       <c r="H90" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>368</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="D91" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E91" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F91" t="s">
-        <v>120</v>
+        <v>219</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H91" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>371</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
       <c r="D92" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E92" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F92" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H92" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>374</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>138</v>
+        <v>85</v>
       </c>
       <c r="D93" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E93" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F93" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H93" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>377</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>142</v>
+        <v>81</v>
       </c>
       <c r="D94" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E94" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F94" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>378</v>
       </c>
       <c r="H94" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>380</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D95" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E95" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F95" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H95" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>383</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D96" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E96" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F96" t="s">
-        <v>113</v>
+        <v>135</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H96" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>386</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D97" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E97" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F97" t="s">
+        <v>117</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="G97" s="1" t="s">
+      <c r="H97" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>389</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>158</v>
+      </c>
+      <c r="D98" t="s">
+        <v>292</v>
+      </c>
+      <c r="E98" t="s">
+        <v>293</v>
+      </c>
+      <c r="F98" t="s">
         <v>390</v>
-      </c>
-[...13 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>391</v>
       </c>
       <c r="H98" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>393</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D99" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E99" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F99" t="s">
+        <v>124</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>396</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>166</v>
+      </c>
+      <c r="D100" t="s">
+        <v>292</v>
+      </c>
+      <c r="E100" t="s">
+        <v>293</v>
+      </c>
+      <c r="F100" t="s">
         <v>397</v>
-      </c>
-[...13 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>398</v>
       </c>
       <c r="H100" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>400</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D101" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E101" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F101" t="s">
-        <v>113</v>
+        <v>219</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H101" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>403</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D102" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E102" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F102" t="s">
+        <v>117</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="G102" s="1" t="s">
+      <c r="H102" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>406</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>179</v>
+      </c>
+      <c r="D103" t="s">
+        <v>292</v>
+      </c>
+      <c r="E103" t="s">
+        <v>293</v>
+      </c>
+      <c r="F103" t="s">
         <v>407</v>
-      </c>
-[...13 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>408</v>
       </c>
       <c r="H103" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>410</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D104" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E104" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F104" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>411</v>
       </c>
       <c r="H104" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>413</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D105" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E105" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F105" t="s">
-        <v>113</v>
+        <v>135</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H105" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>416</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D106" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E106" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F106" t="s">
-        <v>164</v>
+        <v>117</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>417</v>
       </c>
       <c r="H106" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>419</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D107" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E107" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F107" t="s">
-        <v>113</v>
+        <v>167</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>420</v>
       </c>
       <c r="H107" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>422</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D108" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E108" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F108" t="s">
-        <v>190</v>
+        <v>117</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>423</v>
       </c>
       <c r="H108" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>425</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D109" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E109" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F109" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>426</v>
       </c>
       <c r="H109" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>428</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D110" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E110" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F110" t="s">
+        <v>219</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="G110" s="1" t="s">
+      <c r="H110" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>431</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>218</v>
+      </c>
+      <c r="D111" t="s">
+        <v>292</v>
+      </c>
+      <c r="E111" t="s">
+        <v>293</v>
+      </c>
+      <c r="F111" t="s">
         <v>432</v>
-      </c>
-[...13 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>433</v>
       </c>
       <c r="H111" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>435</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D112" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E112" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F112" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>436</v>
       </c>
       <c r="H112" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>438</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="D113" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E113" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F113" t="s">
-        <v>190</v>
+        <v>124</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>439</v>
       </c>
       <c r="H113" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>441</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D114" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E114" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F114" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>442</v>
       </c>
       <c r="H114" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>444</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D115" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E115" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F115" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>445</v>
       </c>
       <c r="H115" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>447</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D116" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E116" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F116" t="s">
-        <v>102</v>
+        <v>180</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>448</v>
       </c>
       <c r="H116" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>450</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D117" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E117" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F117" t="s">
-        <v>216</v>
+        <v>106</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H117" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>453</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D118" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E118" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F118" t="s">
-        <v>131</v>
+        <v>219</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>454</v>
       </c>
       <c r="H118" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>456</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D119" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E119" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F119" t="s">
-        <v>190</v>
+        <v>135</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H119" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>459</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D120" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E120" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F120" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>460</v>
       </c>
       <c r="H120" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>462</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D121" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E121" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F121" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>463</v>
       </c>
       <c r="H121" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>465</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D122" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E122" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F122" t="s">
-        <v>113</v>
+        <v>180</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>466</v>
       </c>
       <c r="H122" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>468</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D123" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E123" t="s">
-        <v>290</v>
+        <v>293</v>
+      </c>
+      <c r="F123" t="s">
+        <v>117</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H123" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>471</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D124" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E124" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>293</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H124" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>474</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D125" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E125" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F125" t="s">
+        <v>150</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="G125" s="1" t="s">
+      <c r="H125" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>477</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>284</v>
+      </c>
+      <c r="D126" t="s">
+        <v>292</v>
+      </c>
+      <c r="E126" t="s">
+        <v>293</v>
+      </c>
+      <c r="F126" t="s">
         <v>478</v>
-      </c>
-[...13 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>479</v>
       </c>
       <c r="H126" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>481</v>
       </c>
       <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>288</v>
+      </c>
+      <c r="D127" t="s">
+        <v>292</v>
+      </c>
+      <c r="E127" t="s">
+        <v>293</v>
+      </c>
+      <c r="F127" t="s">
+        <v>219</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="C127" t="s">
-[...2 lines deleted...]
-      <c r="D127" t="s">
+      <c r="H127" t="s">
         <v>483</v>
-      </c>
-[...7 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="B128" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C128" t="s">
         <v>10</v>
       </c>
       <c r="D128" t="s">
-        <v>100</v>
+        <v>486</v>
       </c>
       <c r="E128" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="F128" t="s">
+        <v>487</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="G128" s="1" t="s">
+      <c r="H128" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>490</v>
+      </c>
+      <c r="B129" t="s">
+        <v>485</v>
+      </c>
+      <c r="C129" t="s">
+        <v>10</v>
+      </c>
+      <c r="D129" t="s">
+        <v>104</v>
+      </c>
+      <c r="E129" t="s">
+        <v>105</v>
+      </c>
+      <c r="F129" t="s">
         <v>491</v>
-      </c>
-[...13 lines deleted...]
-        <v>488</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>492</v>
       </c>
       <c r="H129" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>494</v>
       </c>
       <c r="B130" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C130" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E130" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F130" t="s">
+        <v>491</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="G130" s="1" t="s">
+      <c r="H130" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>497</v>
+      </c>
+      <c r="B131" t="s">
+        <v>485</v>
+      </c>
+      <c r="C131" t="s">
+        <v>21</v>
+      </c>
+      <c r="D131" t="s">
+        <v>104</v>
+      </c>
+      <c r="E131" t="s">
+        <v>105</v>
+      </c>
+      <c r="F131" t="s">
         <v>498</v>
-      </c>
-[...13 lines deleted...]
-        <v>495</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>499</v>
       </c>
       <c r="H131" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>501</v>
       </c>
       <c r="B132" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C132" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D132" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E132" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F132" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>502</v>
       </c>
       <c r="H132" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>504</v>
       </c>
       <c r="B133" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C133" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="D133" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E133" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F133" t="s">
+        <v>498</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>507</v>
+      </c>
+      <c r="B134" t="s">
+        <v>485</v>
+      </c>
+      <c r="C134" t="s">
+        <v>100</v>
+      </c>
+      <c r="D134" t="s">
+        <v>104</v>
+      </c>
+      <c r="E134" t="s">
+        <v>105</v>
+      </c>
+      <c r="F134" t="s">
         <v>508</v>
-      </c>
-[...13 lines deleted...]
-        <v>505</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>509</v>
       </c>
       <c r="H134" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>511</v>
       </c>
       <c r="B135" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C135" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D135" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E135" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F135" t="s">
-        <v>102</v>
+        <v>508</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>512</v>
       </c>
       <c r="H135" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>514</v>
       </c>
       <c r="B136" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C136" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D136" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E136" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F136" t="s">
+        <v>106</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>517</v>
+      </c>
+      <c r="B137" t="s">
+        <v>485</v>
+      </c>
+      <c r="C137" t="s">
+        <v>41</v>
+      </c>
+      <c r="D137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E137" t="s">
+        <v>105</v>
+      </c>
+      <c r="F137" t="s">
         <v>518</v>
-      </c>
-[...13 lines deleted...]
-        <v>505</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>519</v>
       </c>
       <c r="H137" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>521</v>
       </c>
       <c r="B138" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C138" t="s">
-        <v>322</v>
+        <v>45</v>
       </c>
       <c r="D138" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E138" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F138" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>522</v>
       </c>
       <c r="H138" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>524</v>
       </c>
       <c r="B139" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C139" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D139" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E139" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F139" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H139" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>527</v>
       </c>
       <c r="B140" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C140" t="s">
-        <v>49</v>
+        <v>330</v>
       </c>
       <c r="D140" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E140" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F140" t="s">
+        <v>508</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>530</v>
+      </c>
+      <c r="B141" t="s">
+        <v>485</v>
+      </c>
+      <c r="C141" t="s">
+        <v>49</v>
+      </c>
+      <c r="D141" t="s">
+        <v>104</v>
+      </c>
+      <c r="E141" t="s">
+        <v>105</v>
+      </c>
+      <c r="F141" t="s">
         <v>531</v>
       </c>
-      <c r="B141" t="s">
-[...11 lines deleted...]
-      <c r="F141" t="s">
+      <c r="G141" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="G141" s="1" t="s">
+      <c r="H141" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>534</v>
+      </c>
+      <c r="B142" t="s">
+        <v>485</v>
+      </c>
+      <c r="C142" t="s">
+        <v>338</v>
+      </c>
+      <c r="D142" t="s">
+        <v>104</v>
+      </c>
+      <c r="E142" t="s">
+        <v>105</v>
+      </c>
+      <c r="F142" t="s">
         <v>535</v>
-      </c>
-[...13 lines deleted...]
-        <v>532</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>536</v>
       </c>
       <c r="H142" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>538</v>
       </c>
       <c r="B143" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C143" t="s">
-        <v>343</v>
+        <v>53</v>
       </c>
       <c r="D143" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E143" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F143" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>539</v>
       </c>
       <c r="H143" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>541</v>
       </c>
       <c r="B144" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C144" t="s">
-        <v>57</v>
+        <v>346</v>
       </c>
       <c r="D144" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E144" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F144" t="s">
-        <v>113</v>
+        <v>535</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>542</v>
       </c>
       <c r="H144" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>544</v>
       </c>
       <c r="B145" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C145" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D145" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E145" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F145" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H145" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>547</v>
       </c>
       <c r="B146" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C146" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D146" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E146" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F146" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>548</v>
       </c>
       <c r="H146" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>550</v>
       </c>
       <c r="B147" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C147" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D147" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E147" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F147" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>551</v>
       </c>
       <c r="H147" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>553</v>
       </c>
       <c r="B148" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C148" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D148" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E148" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F148" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>554</v>
       </c>
       <c r="H148" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>556</v>
       </c>
       <c r="B149" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C149" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D149" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E149" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F149" t="s">
-        <v>505</v>
+        <v>110</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>557</v>
       </c>
       <c r="H149" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>559</v>
       </c>
       <c r="B150" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C150" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="D150" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E150" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F150" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>560</v>
       </c>
       <c r="H150" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>562</v>
       </c>
       <c r="B151" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C151" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
       <c r="D151" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E151" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F151" t="s">
-        <v>102</v>
+        <v>518</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>563</v>
       </c>
       <c r="H151" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>565</v>
       </c>
       <c r="B152" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C152" t="s">
-        <v>138</v>
+        <v>85</v>
       </c>
       <c r="D152" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E152" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F152" t="s">
-        <v>488</v>
+        <v>106</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>566</v>
       </c>
       <c r="H152" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>568</v>
       </c>
       <c r="B153" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C153" t="s">
-        <v>142</v>
+        <v>81</v>
       </c>
       <c r="D153" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E153" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F153" t="s">
-        <v>505</v>
+        <v>491</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>569</v>
       </c>
       <c r="H153" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>571</v>
       </c>
       <c r="B154" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C154" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D154" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E154" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F154" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>572</v>
       </c>
       <c r="H154" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>574</v>
       </c>
       <c r="B155" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C155" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D155" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E155" t="s">
-        <v>101</v>
+        <v>105</v>
+      </c>
+      <c r="F155" t="s">
+        <v>498</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>575</v>
       </c>
       <c r="H155" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>577</v>
       </c>
       <c r="B156" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C156" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D156" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E156" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>105</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>578</v>
       </c>
       <c r="H156" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>580</v>
       </c>
       <c r="B157" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C157" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D157" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E157" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F157" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H157" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>583</v>
       </c>
       <c r="B158" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C158" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D158" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E158" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F158" t="s">
-        <v>488</v>
+        <v>508</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>584</v>
       </c>
       <c r="H158" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>586</v>
       </c>
       <c r="B159" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C159" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D159" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E159" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F159" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>587</v>
       </c>
       <c r="H159" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>589</v>
       </c>
       <c r="B160" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C160" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D160" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E160" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F160" t="s">
-        <v>532</v>
+        <v>518</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H160" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>592</v>
       </c>
       <c r="B161" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C161" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D161" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E161" t="s">
-        <v>101</v>
+        <v>105</v>
+      </c>
+      <c r="F161" t="s">
+        <v>535</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>593</v>
       </c>
       <c r="H161" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>595</v>
       </c>
       <c r="B162" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C162" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D162" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E162" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>596</v>
       </c>
       <c r="H162" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>598</v>
       </c>
       <c r="B163" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C163" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D163" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E163" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>599</v>
       </c>
       <c r="H163" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>601</v>
       </c>
       <c r="B164" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C164" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D164" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E164" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H164" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>604</v>
       </c>
       <c r="B165" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C165" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D165" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E165" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F165" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H165" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>607</v>
       </c>
       <c r="B166" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C166" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D166" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E166" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F166" t="s">
-        <v>532</v>
+        <v>110</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>608</v>
       </c>
       <c r="H166" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>610</v>
       </c>
       <c r="B167" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C167" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D167" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E167" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F167" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>611</v>
       </c>
       <c r="H167" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>613</v>
       </c>
       <c r="B168" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C168" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D168" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E168" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F168" t="s">
-        <v>532</v>
+        <v>518</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>614</v>
       </c>
       <c r="H168" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>616</v>
       </c>
       <c r="B169" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C169" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D169" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E169" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F169" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>617</v>
       </c>
       <c r="H169" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>619</v>
       </c>
       <c r="B170" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C170" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D170" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E170" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F170" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>620</v>
       </c>
       <c r="H170" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>622</v>
       </c>
       <c r="B171" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C171" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D171" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E171" t="s">
-        <v>101</v>
+        <v>105</v>
+      </c>
+      <c r="F171" t="s">
+        <v>535</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>623</v>
       </c>
       <c r="H171" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>277</v>
+        <v>625</v>
       </c>
       <c r="B172" t="s">
-        <v>625</v>
+        <v>485</v>
       </c>
       <c r="C172" t="s">
-        <v>10</v>
+        <v>223</v>
       </c>
       <c r="D172" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E172" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>105</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>626</v>
       </c>
       <c r="H172" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B173" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C173" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D173" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E173" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F173" t="s">
-        <v>628</v>
+        <v>135</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>629</v>
       </c>
       <c r="H173" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B174" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C174" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D174" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E174" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F174" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="H174" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>633</v>
+        <v>288</v>
       </c>
       <c r="B175" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C175" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D175" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E175" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F175" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>634</v>
       </c>
       <c r="H175" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>636</v>
       </c>
       <c r="B176" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C176" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D176" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E176" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F176" t="s">
-        <v>515</v>
+        <v>631</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>637</v>
       </c>
       <c r="H176" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>639</v>
       </c>
       <c r="B177" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C177" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="D177" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E177" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F177" t="s">
-        <v>628</v>
+        <v>518</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>640</v>
       </c>
       <c r="H177" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>17</v>
+        <v>642</v>
       </c>
       <c r="B178" t="s">
-        <v>642</v>
+        <v>628</v>
       </c>
       <c r="C178" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>104</v>
       </c>
       <c r="E178" t="s">
-        <v>12</v>
+        <v>105</v>
       </c>
       <c r="F178" t="s">
+        <v>631</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="G178" s="1" t="s">
+      <c r="H178" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B179" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C179" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H179" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="B180" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C180" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H180" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B181" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C181" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H181" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B182" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C182" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H182" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>322</v>
+        <v>45</v>
       </c>
       <c r="B183" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C183" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H183" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>269</v>
+        <v>325</v>
       </c>
       <c r="B184" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C184" t="s">
-        <v>322</v>
+        <v>41</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H184" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B185" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C185" t="s">
-        <v>49</v>
+        <v>325</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="H185" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>25</v>
+        <v>268</v>
       </c>
       <c r="B186" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C186" t="s">
-        <v>660</v>
+        <v>49</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>661</v>
       </c>
       <c r="H186" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B187" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C187" t="s">
-        <v>17</v>
+        <v>663</v>
       </c>
       <c r="D187" t="s">
-        <v>663</v>
+        <v>11</v>
       </c>
       <c r="E187" t="s">
+        <v>12</v>
+      </c>
+      <c r="F187" t="s">
+        <v>646</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="F187" t="s">
-[...2 lines deleted...]
-      <c r="G187" s="1" t="s">
+      <c r="H187" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="B188" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C188" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D188" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E188" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F188" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="H188" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="B189" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C189" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D189" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E189" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F189" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="H189" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>327</v>
+        <v>33</v>
       </c>
       <c r="B190" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C190" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D190" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E190" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F190" t="s">
-        <v>106</v>
+        <v>135</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="H190" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>49</v>
+        <v>330</v>
       </c>
       <c r="B191" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C191" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="D191" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E191" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F191" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="H191" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="B192" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C192" t="s">
-        <v>675</v>
+        <v>100</v>
       </c>
       <c r="D192" t="s">
-        <v>82</v>
+        <v>666</v>
       </c>
       <c r="E192" t="s">
-        <v>83</v>
+        <v>667</v>
       </c>
       <c r="F192" t="s">
-        <v>643</v>
+        <v>135</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H192" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>252</v>
+        <v>10</v>
       </c>
       <c r="B193" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C193" t="s">
-        <v>10</v>
+        <v>678</v>
       </c>
       <c r="D193" t="s">
+        <v>86</v>
+      </c>
+      <c r="E193" t="s">
         <v>87</v>
       </c>
-      <c r="E193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F193" t="s">
-        <v>131</v>
+        <v>646</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="H193" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>273</v>
+        <v>255</v>
       </c>
       <c r="B194" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C194" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D194" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E194" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F194" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H194" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>335</v>
+        <v>276</v>
       </c>
       <c r="B195" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C195" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D195" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="E195" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="F195" t="s">
-        <v>106</v>
+        <v>135</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="H195" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>53</v>
+        <v>338</v>
       </c>
       <c r="B196" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C196" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D196" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E196" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F196" t="s">
-        <v>684</v>
+        <v>110</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>685</v>
       </c>
       <c r="H196" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>343</v>
+        <v>53</v>
       </c>
       <c r="B197" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C197" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D197" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E197" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F197" t="s">
-        <v>131</v>
+        <v>687</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H197" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>57</v>
+        <v>346</v>
       </c>
       <c r="B198" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C198" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D198" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E198" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F198" t="s">
-        <v>628</v>
+        <v>135</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="H198" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B199" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C199" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D199" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E199" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F199" t="s">
-        <v>691</v>
+        <v>631</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H199" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B200" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C200" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="D200" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E200" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F200" t="s">
         <v>694</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H200" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>130</v>
+        <v>65</v>
       </c>
       <c r="B201" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C201" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="D201" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E201" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F201" t="s">
-        <v>106</v>
+        <v>697</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H201" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
       <c r="B202" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C202" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D202" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E202" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F202" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H202" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>138</v>
+        <v>85</v>
       </c>
       <c r="B203" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C203" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D203" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E203" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F203" t="s">
-        <v>488</v>
+        <v>110</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="H203" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>142</v>
+        <v>81</v>
       </c>
       <c r="B204" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C204" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D204" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E204" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F204" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H204" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B205" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C205" t="s">
-        <v>322</v>
+        <v>45</v>
       </c>
       <c r="D205" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E205" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F205" t="s">
-        <v>106</v>
+        <v>491</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H205" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B206" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C206" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D206" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E206" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F206" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="H206" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B207" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C207" t="s">
-        <v>49</v>
+        <v>330</v>
       </c>
       <c r="D207" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E207" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F207" t="s">
-        <v>106</v>
+        <v>135</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H207" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B208" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C208" t="s">
-        <v>335</v>
+        <v>49</v>
       </c>
       <c r="D208" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E208" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F208" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="H208" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B209" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C209" t="s">
-        <v>53</v>
+        <v>338</v>
       </c>
       <c r="D209" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E209" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F209" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H209" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B210" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C210" t="s">
-        <v>343</v>
+        <v>53</v>
       </c>
       <c r="D210" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E210" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F210" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H210" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B211" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C211" t="s">
-        <v>57</v>
+        <v>346</v>
       </c>
       <c r="D211" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E211" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F211" t="s">
-        <v>717</v>
+        <v>135</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>718</v>
       </c>
       <c r="H211" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B212" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C212" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D212" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E212" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F212" t="s">
         <v>720</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>721</v>
       </c>
       <c r="H212" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B213" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C213" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D213" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E213" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F213" t="s">
-        <v>106</v>
+        <v>723</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="H213" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B214" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C214" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D214" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E214" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F214" t="s">
-        <v>717</v>
+        <v>110</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H214" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B215" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C215" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D215" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E215" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F215" t="s">
-        <v>113</v>
+        <v>720</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="H215" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B216" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C216" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D216" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E216" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F216" t="s">
-        <v>528</v>
+        <v>117</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="H216" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>69</v>
+        <v>197</v>
       </c>
       <c r="B217" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C217" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="D217" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E217" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F217" t="s">
-        <v>505</v>
+        <v>531</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="H217" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>198</v>
+        <v>69</v>
       </c>
       <c r="B218" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C218" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
       <c r="D218" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E218" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F218" t="s">
-        <v>113</v>
+        <v>508</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H218" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B219" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C219" t="s">
-        <v>138</v>
+        <v>85</v>
       </c>
       <c r="D219" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E219" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F219" t="s">
-        <v>717</v>
+        <v>117</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H219" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B220" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C220" t="s">
-        <v>142</v>
+        <v>81</v>
       </c>
       <c r="D220" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E220" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F220" t="s">
-        <v>113</v>
+        <v>720</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H220" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B221" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C221" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D221" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E221" t="s">
-        <v>101</v>
+        <v>105</v>
+      </c>
+      <c r="F221" t="s">
+        <v>117</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>496</v>
+        <v>740</v>
       </c>
       <c r="H221" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B222" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C222" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D222" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E222" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>105</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>741</v>
+        <v>499</v>
       </c>
       <c r="H222" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B223" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C223" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D223" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E223" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F223" t="s">
-        <v>131</v>
+        <v>743</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H223" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C224" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D224" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E224" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F224" t="s">
-        <v>488</v>
+        <v>135</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="H224" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B225" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C225" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D225" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E225" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F225" t="s">
-        <v>102</v>
+        <v>491</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="H225" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B226" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C226" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D226" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E226" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F226" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H226" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>73</v>
+        <v>235</v>
       </c>
       <c r="B227" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C227" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D227" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E227" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F227" t="s">
-        <v>505</v>
+        <v>106</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H227" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B228" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C228" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D228" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E228" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F228" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H228" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>236</v>
+        <v>77</v>
       </c>
       <c r="B229" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C229" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D229" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E229" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F229" t="s">
-        <v>113</v>
+        <v>508</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="H229" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B230" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C230" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D230" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E230" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F230" t="s">
-        <v>488</v>
+        <v>117</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H230" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B231" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C231" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D231" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E231" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F231" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="H231" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B232" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C232" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D232" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E232" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F232" t="s">
-        <v>131</v>
+        <v>491</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="H232" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>763</v>
+        <v>259</v>
       </c>
       <c r="B233" t="s">
+        <v>645</v>
+      </c>
+      <c r="C233" t="s">
+        <v>197</v>
+      </c>
+      <c r="D233" t="s">
+        <v>104</v>
+      </c>
+      <c r="E233" t="s">
+        <v>105</v>
+      </c>
+      <c r="F233" t="s">
+        <v>135</v>
+      </c>
+      <c r="G233" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="C233" t="s">
-[...11 lines deleted...]
-      <c r="G233" s="1" t="s">
+      <c r="H233" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>766</v>
+      </c>
+      <c r="B234" t="s">
         <v>767</v>
       </c>
-      <c r="B234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D234" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E234" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F234" t="s">
-        <v>488</v>
+        <v>110</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H234" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>770</v>
       </c>
       <c r="B235" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C235" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D235" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E235" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F235" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>771</v>
       </c>
       <c r="H235" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>773</v>
       </c>
       <c r="B236" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C236" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D236" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E236" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F236" t="s">
-        <v>131</v>
+        <v>491</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>774</v>
       </c>
       <c r="H236" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>776</v>
       </c>
       <c r="B237" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C237" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D237" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E237" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F237" t="s">
-        <v>488</v>
+        <v>135</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>777</v>
       </c>
       <c r="H237" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>779</v>
       </c>
       <c r="B238" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C238" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D238" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E238" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F238" t="s">
-        <v>102</v>
+        <v>491</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H238" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>782</v>
       </c>
       <c r="B239" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C239" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D239" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E239" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F239" t="s">
+        <v>106</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>785</v>
+      </c>
+      <c r="B240" t="s">
+        <v>767</v>
+      </c>
+      <c r="C240" t="s">
+        <v>41</v>
+      </c>
+      <c r="D240" t="s">
+        <v>104</v>
+      </c>
+      <c r="E240" t="s">
+        <v>105</v>
+      </c>
+      <c r="F240" t="s">
         <v>786</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>787</v>
       </c>
       <c r="H240" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>789</v>
       </c>
       <c r="B241" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C241" t="s">
-        <v>322</v>
+        <v>45</v>
       </c>
       <c r="D241" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E241" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F241" t="s">
-        <v>515</v>
+        <v>106</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>790</v>
       </c>
       <c r="H241" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>792</v>
       </c>
       <c r="B242" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C242" t="s">
-        <v>53</v>
+        <v>325</v>
       </c>
       <c r="D242" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E242" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F242" t="s">
-        <v>113</v>
+        <v>518</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>793</v>
       </c>
       <c r="H242" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>795</v>
       </c>
       <c r="B243" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C243" t="s">
-        <v>343</v>
+        <v>53</v>
       </c>
       <c r="D243" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E243" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F243" t="s">
-        <v>515</v>
+        <v>117</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H243" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>798</v>
       </c>
       <c r="B244" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C244" t="s">
-        <v>57</v>
+        <v>346</v>
       </c>
       <c r="D244" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E244" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F244" t="s">
-        <v>102</v>
+        <v>518</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>799</v>
       </c>
       <c r="H244" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>801</v>
       </c>
       <c r="B245" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C245" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D245" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E245" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F245" t="s">
-        <v>488</v>
+        <v>106</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>802</v>
       </c>
       <c r="H245" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>804</v>
       </c>
       <c r="B246" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C246" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D246" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E246" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F246" t="s">
-        <v>131</v>
+        <v>491</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>805</v>
       </c>
       <c r="H246" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>807</v>
       </c>
       <c r="B247" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C247" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D247" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E247" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F247" t="s">
-        <v>102</v>
+        <v>135</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>808</v>
       </c>
       <c r="H247" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>810</v>
       </c>
       <c r="B248" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C248" t="s">
-        <v>138</v>
+        <v>69</v>
       </c>
       <c r="D248" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E248" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F248" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>811</v>
       </c>
       <c r="H248" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>813</v>
       </c>
       <c r="B249" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C249" t="s">
-        <v>142</v>
+        <v>81</v>
       </c>
       <c r="D249" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E249" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F249" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>814</v>
       </c>
       <c r="H249" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>816</v>
       </c>
       <c r="B250" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C250" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="D250" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E250" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F250" t="s">
-        <v>106</v>
+        <v>135</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>817</v>
       </c>
       <c r="H250" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>819</v>
       </c>
       <c r="B251" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C251" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="D251" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E251" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F251" t="s">
-        <v>783</v>
+        <v>110</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>820</v>
       </c>
       <c r="H251" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>822</v>
       </c>
       <c r="B252" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C252" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D252" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E252" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F252" t="s">
-        <v>528</v>
+        <v>786</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>823</v>
       </c>
       <c r="H252" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>825</v>
       </c>
       <c r="B253" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C253" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D253" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E253" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F253" t="s">
-        <v>113</v>
+        <v>531</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>826</v>
       </c>
       <c r="H253" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>828</v>
       </c>
       <c r="B254" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C254" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D254" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E254" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F254" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>829</v>
       </c>
       <c r="H254" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>831</v>
       </c>
       <c r="B255" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C255" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D255" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E255" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F255" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>832</v>
       </c>
       <c r="H255" t="s">
         <v>833</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>834</v>
+      </c>
+      <c r="B256" t="s">
+        <v>767</v>
+      </c>
+      <c r="C256" t="s">
+        <v>188</v>
+      </c>
+      <c r="D256" t="s">
+        <v>104</v>
+      </c>
+      <c r="E256" t="s">
+        <v>105</v>
+      </c>
+      <c r="F256" t="s">
+        <v>117</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H256" t="s">
+        <v>836</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9744,50 +9779,51 @@
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>