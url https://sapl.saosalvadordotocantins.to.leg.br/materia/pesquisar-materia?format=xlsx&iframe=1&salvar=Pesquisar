--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -10,2560 +10,2614 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2040" uniqueCount="837">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2088" uniqueCount="855">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>André Miguel Ribeiro dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/p.l_001-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/p.l_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da ouvidoria do poder executivo do município de São Salvador do Tocantins e dá outras providências. (votação aprovado)</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/p.l_002-2025_20250506091058.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/p.l_002-2025_20250506091058.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo indeterminado para atender a necessidade de excepcional interesse público, nos termos do Art. 37, IX, da Constituição Federal, Art. 9º, IX, da Constituição Estadual e na Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/p.l_003-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/p.l_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração de cargos comissionados específicos, implementa na estrutura da Secretaria de Educação o cargo de supervisor pedagógico e ajusta o número de vagas do cargo de Secretário Escolar e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/p.l_004-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/p.l_004-2025.pdf</t>
   </si>
   <si>
     <t>Cria a Imprensa Oficial do Município de São Salvador do Tocantins denominada boletim oficial, instituindo sua estrutura funcional e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/p.l_005-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/p.l_005-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso dos profissionais magistério efetivos e ativos em âmbito deste município, conforme PCCR, data base, a partir de 1º de janeiro de 2025 e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/267/ple_06-25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2026 (Ano de referência 2025), e dá outras providências. (Aprovado).</t>
+  </si>
+  <si>
     <t>218</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/proj.lei_007-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/proj.lei_007-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação do Centro Cultural Municipal para o Fundo Municipal dos Direitos da Criança e do Adolescente de São Salvador do Tocantins e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/proj.lei_8-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/proj.lei_8-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Educação Integral na Rede Municipal de Ensino e define as diretrizes gerais a serem alcançadas.  (Votação: aprovado).</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_009-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_009-2025.pdf</t>
   </si>
   <si>
     <t>Prorroga até 31 de dezembro de 2026, a vigência do Plano Nacional de Educação aprovado por meio da lei 389/2015, de 22 de junho de 2015. (Votação: aprovado).</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/ple_10-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/ple_10-25.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 498/2022, que dispõe sobre a concessão de diárias a servidores públicos municipais a serviço da Administração Pública Municipal, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/ple_11-25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de São Salvador do Tocantins/TO, para o quadriênio 2026/2029. (Aprovado).</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/ple_12-25.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e Fixa a Despesa do Município para o exercício de 2026. (Aprovado).</t>
+  </si>
+  <si>
     <t>242</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_13.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_13.pdf</t>
   </si>
   <si>
     <t>Estabelece componentes municipais do Sistema Municipal de Segurança Alimentar e nutricional - SISAN, criado pela Lei Federal nº 11.346, de 15 de setembro de 2006. (Votação: aprovado).</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/proj_lei_15.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/proj_lei_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial ao Orçamento do Município de São Salvador do Tocantins, exercício de 2025, e dá outras providencias. (Votação: aprovado).</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/247/proj.lei_017.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/247/proj.lei_017.pdf</t>
   </si>
   <si>
     <t>Autoriza, quando necessário, o chefe do Poder Executivo Municipal a ausentar-se do país para viagem oficial, cria e fixa o valor das diárias para deslocamentos internacionais no âmbito do Poder Executivo Municipal e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_018-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_018-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reforma da Organização Administrativa e Estrutural do Poder Executivo do Município de São Salvador do Tocantins, fixa princípios e diretrizes de gestão, concede reajuste salarial conforme legislação municipal e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_no19-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_no19-2025.pdf</t>
   </si>
   <si>
     <t>Institui no município de São Salvador do Tocantins a Contribuição para custeio da iluminação Pública prevista no artigo 149-A da Constituição Federal. (votação aprovado)</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_no20-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_no20-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incidência do imposto decorrente da transmissão "inter vivos" sobre imóveis rurais e de direitos a eles relativos - ITBI e dá outras providências. (votação aprovado)</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no21-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no21-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre programa de benefícios fiscais, e dá outras providências. (votação aprovado)</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/ple_22-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/ple_22-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Plano de Contingência Municipal de São Salvador do Tocantins e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/ple_25-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/ple_25-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse do pagamento de incentivo financeiro anual aos Agentes Comunitários de Saúde e Agentes de Combates a Endemias da Prefeitura Municipal de São Salvador do Tocantins/TO. (Votação: aprovado).</t>
   </si>
   <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/ple_26-25.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei nº 348/2012, que dispõe sobre o Plano de Cargos, Carreiras e Remuneração (PCCR) do Apoio Administrativo da Educação Básica do Município de São Salvador do Tocantins, para redefinir os valores do vencimento básico dos cargos e atualizar a tabela salarial dos servidores públicos. (Aprovado).</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>PLC-E</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar - Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/266/plc_23-25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Municipal nº 277/2007, e dá outras providências. (Aprovado).</t>
+  </si>
+  <si>
     <t>262</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>PLC-E</t>
-[...5 lines deleted...]
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/plc_24-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/plc_24-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade para aquisição de bens, produtos e serviços junto a fornecedores locais e regionais no âmbito da Administração Pública Municipal, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/pr_02-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/pr_02-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição da Comissão Especial de Revisão Geral da Lei Orgânica do Município e de elaboração do novo Regimento Interno da Câmara Municipal de São Salvador/TO, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/pr_05-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/pr_05-25.pdf</t>
   </si>
   <si>
     <t>Institui o adicional de insalubridade para os ocupantes do cargo de Auxiliar de Serviços Gerais da Câmara Municipal de São Salvador do Tocantins, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/pr_06-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/pr_06-25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do décimo terceiro salário dos servidores efetivos, comissionados e vereadores da Câmara Municipal de São Salvador do Tocantins, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/271/pr_07-25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atualização dos valores de diárias do presidente e vereadores da Câmara Municipal de São Salvador do Tocantins/TO, estabelece critérios para concessão e prestação de contas, e dá outras providências. (Aprovado).</t>
+  </si>
+  <si>
     <t>161</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Izaque Júnior</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/req_01-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/req_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a apresentação de projeto de lei de criação da Subprefeitura de Retiro, junto ao processo REURB. (Votação: aprovado).</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Elyésyo Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/req_02-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/req_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja criado a secretaria de esporte e juventude. (votação aprovado)</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/req_03-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/req_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que conceda aumento salarial no quadro geral da Prefeitura Municipal. (votação aprovado)</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Ileide Abreu</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/req_04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/req_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que dispõe sobre data comemorativa e feriado municipal de Santo Reis no dia 06 de janeiro. (votação aprovado)</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/req_05-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/req_05-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que conceda aumento salarial para os profissionais com ensino superior. (votação aprovado)</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Wanderson de Denival</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/req_07-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/req_07-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que providencie a contratação de equipe multidisciplinar para atender os estudantes e suas famílias da Escola Municipal Brasil Para Todos, Escola Municipal Novo Milênio, Cemei Professora Conceição Aparecida Fernandes dos Santos e Creche Municipal Ana Luiza Ribeiro Nunes. (votação aprovado)</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/req_21-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/req_21-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que providencie a contratação de profissional de apoio escolar para acompanhar no turno regular e no contra turno os estudantes que possuem alguma necessidade específica de aprendizagem, seja comprovada por laudo médico ou parecer pedagógico da unidade que está matriculado. (votação aprovado)</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/req_22-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/req_22-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que providencie a contratação de um profissional de apoio escolar para turma do maternal do Cemei Conceição Aparecida Fernandes dos Santos. (votação aprovado)</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>Cássio Aureliano</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/req_23-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/req_23-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que haja realização de estudos e providencias que for necessários, no sentido de instalar placas de transito de "PROIBIDO ESTACIONAR" em frente a Escola Municipal Brasil Para Todos (Avenida Tocantins) de segunda a sexta em período de aula. (votação aprovado)</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/req_24-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/req_24-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja feita reforma e climatização do centro cultural (auditório para reunião e eventos). (votação aprovado)</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/req_25-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/req_25-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja feita reforma no centro de convivência com a construção de uma piscina para hidroginástica para o pessoal da melhor idade. (votação aprovado)</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>26</t>
-[...2 lines deleted...]
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/req_26-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/req_26-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja providenciado uma "Capela Municipal" de velório, climatizada e ampla, com espaço de iluminação, encanação, para receber familiares e amigos, com espaço adequado para despedidas dignas dos seus entes queridos, nos cemitérios de São Salvador e Povoado Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Gustavo do Retiro</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/req_27-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/req_27-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja instaladas câmaras nas creches do município de São Salvador e Povoado Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/req_28-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/req_28-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que tome as medidas necessárias, que ao fazer um concurso público ou contrato temporário, que seja direcionado 10% (dez por cento) das vagas para pessoas especiais. (votação aprovado)</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/req_29-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/req_29-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja feita revitalização e iluminação na Praça Oscar de Oliveira Sena, avenida Ulisses Guimarães com avenida sete de setembro. (votação aprovado)</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/req_30-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/req_30-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que providencie colocar segurança armada nas UBS do município. (votação aprovado)</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Cássio Aureliano, Ileide Abreu</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/req_31-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/req_31-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que envie para esta casa de lei um projeto de lei dispõe sobre a reforma administrativa dos servidores municipais.. (votação aprovado)</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/req_32-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/req_32-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que envie a esta casa de lei um projeto de lei dispõe sobre doação do Centro Cultural para a Assistência Social, para ser um Centro de Inclusão para crianças e adolescentes do nosso município. (votação aprovado)</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/req_33-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/req_33-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que veja a possibilidade de construção de sala de raio x na UBS Rubens Ferreira Tavares. (votação aprovado)</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Marquinhos</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/req_34-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/req_34-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja feito um projeto  "isentando de pagar as taxas" cobradas dos barraqueiros, que tocam bares e lanchonetes, e que são moradores do município de São Salvador do Tocantins. (votação aprovado)</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/req_35-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/req_35-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que envie a esta casa de lei um projeto de lei dispõe sobre a reestruturação e adequação do PCCR- Plano de Cargos, Carreira e Remuneração do Apoio administrativo da Educação Básica do Município de São Salvador do Tocantins Lei 348/2012. (votação aprovado)</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/req_36-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/req_36-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, a possibilidade de implementação de curso de informática para os jovens. (votação aprovado)</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Pezão</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/req_37-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/req_37-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, requer a possibilidade de criar um projeto de lei de concessão de bolsa de estudo a estudantes universitários do Município. (votação aprovado)</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/req_38-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/req_38-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que elabore um Projeto Social para construção de moradia popular, para família de baixa renda do nosso Município. (votação aprovado)</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Elyésyo Bezerra, Pezão</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/req_39-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/req_39-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja feita a atualização da planilha salarial dos professores, com base no Plano Cargo e Carreira. (votação aprovado)</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/req.40__14-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/req.40__14-04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal que envie a esta casa de leis, Projeto de Lei que versa sobre a Criação da Guarda Municipal Comunitária. (votação aprovado)</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/req.41__14-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/req.41__14-04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal que avalie a possibilidade de construir mais duais salas (refeitórios), na creche do Povoado Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/req.42__16-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/req.42__16-04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, junto com a Secretária de Meio Ambiente e Turismo, que desenvolva um calendário completo dos eventos que fomentam o turismo no município, contemplando todas as programações de evento do município. (votação aprovado)</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Bena</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/req.43__24-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/req.43__24-04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, solicitando a retomada dos projetos da Assistência Social no Povoado Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/req.44__24-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/req.44__24-04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, junto ao setor competente que envie para essa casa de Leis, um projeto que versa a proibição de entrada e estacionamento de veículos na faixa de areia da Praia da Moreninha. (votação aprovado)</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/req.45__24-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/req.45__24-04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que envie a esta casa de lei um projeto de lei que dispõe sobre a concessão de desconto de 50% do IPTU (Imposto sobre a Propriedade Predial e Territorial Urbana) para aposentados e pensionistas com renda de até 2(dois) salários mínimos, que sejam proprietários ou usufrutuários de um único imóvel localizado no município, utilizado exclusivamente como sua residência. (votação aprovado)</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/req_46._26-05.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/req_46._26-05.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, a substituição das lâmpadas comuns por lâmpadas LED, em São Salvador do Tocantins. (votação aprovado)</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/req_47._26-05_20250612102615.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/req_47._26-05_20250612102615.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, solicitando a possibilidade de oferecer estágio Remunerado, aos técnicos de enfermagem moradores do município e que não tenham nenhum vínculo empregatício. (votação aprovado)</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/req.48.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/req.48.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que junto ao setor competente que providencie instalação de placa de identificação de entrada no Distrito Povoado Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/req._49_11-06-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/req._49_11-06-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que junto ao setor competente que providencie a construção de uma cobertura na entrada do CEMEI Professora Conceição Aparecida Fernandes dos Santos, é necessária para garantir maior segurança e conforto às crianças, famílias e servidores, especialmente em dias de chuva ou forte sol. (votação aprovado)</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento50_18-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento50_18-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja estudada e viabilizada a elaboração de Projeto de Lei ou medida administrativa que conceda isenção ou desconto proporcional no valor do Imposto Predial e Territorial Urbano (IPTU). (votação aprovado)</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento51_19-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento51_19-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, por meio das Secretarias Municipais de Transporte e Agricultura, para sejam elaborados e apresentado os respectivos Planos de Ação. (votação aprovado)</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento52_20-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento52_20-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, possibilidade de providência a atualização dos valores das diárias pagas aos servidores municipais que estejam a serviço da Administração Pública. (votação aprovado)</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento53_15-09-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento53_15-09-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja encaminhado um projeto de lei que institua o Programa de Recuperação Fiscal - REFIS/IPTU 2025 no município de São Salvador do Tocantins - TO, com a finalidade de possibilitar a regularização de débitos fiscais referentes ao Imposto Predial e Território Urbano (IPTU), vencidos até 31 de dezembro de 2024. (votação aprovado)</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Bena, Izaque Júnior</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/req54_17-09-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/req54_17-09-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, solicitando providências para que seja construída, com urgência, uma estrutura de mata-burro na região do Pé da Serra, especificamente na divisa das propriedades dos senhores Jamilton, Arli e Branco, sendo também rota do transporte escolar. (votação aprovado)</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_55_18-09-2025_20251013100429.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_55_18-09-2025_20251013100429.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja providenciada, com máxima urgência, a construção de mata-burro de cimento na divisa das propiedades dos senhores Miguel Fogo e Paulinho, localizada na zona rural deste município. (votação aprovado)</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_56.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_56.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja novamente solicitado ao Senhor Prefeito Municipal o envio, a esta Câmara, de um Projeto de Lei que disponha sobre a reestruturação e adequação do PCCR - Plano de Cargos, Carreira e Remuneração de Apoio Administrativo  da Educação Básica do Município de São Salvador do Tocantins, instituído pela lei nº348/2012. (votação aprovado)</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/req_57-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/req_57-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a implantação do piso salarial profissional nacional para os profissionais dos Quadro Técnico-administrativos da Educação Básica, conforme previsto na Proposta de Lei nº 2.531/2021, atualmente em tramitação no Congresso Nacional. (Votação: aprovado).</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/req_58-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/req_58-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a instalação de uma tenda no espaço onde ocorre a Feira do Produtor, localizado no povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/req_59-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/req_59-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a concessão dos EPIs aos servidores ASG (Auxiliares de Serviços Gerais), lotados na UBS Teresino Bernardo da Silva no povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/req_60-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/req_60-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, reiterando o Requerimento 046/2025, a substituição das lâmpadas comuns por lâmpadas de LED. (Votação: aprovado).</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/ind_01-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/ind_01-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de um Terminal Rodoviário. (Votação: aprovado).</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/ind_02-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/ind_02-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de pista de caminhada saindo da cidade até a rotatória. (Votação: aprovado).</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/ind_03-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/ind_03-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de arquibancada no campo de futebol do povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/ind_04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/ind_04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a remoção ou reforma dos quebra-molas das ruas e avenidas do município. (Votação: aprovado).</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/ind_05-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/ind_05-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a operação tapa-buracos nas ruas e avenidas do povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/ind_06-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/ind_06-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de vestiário e remoção do alambrado de ferro e colocar alambrado de rede, na Quadra de Esportes Raimundo Reis. (Votação: aprovado).</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/ind_07-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/ind_07-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de um playground infantil (parque infantil) na praça da Igreja Nossa Senhora de Sant'Ana. (Votação: aprovado).</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/ind_08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/ind_08-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de uma quadra de esportes na Escola Municipal Brasil para Todos, Escola Municipal Novo Milênio. E colocação de caçamba (lixeira) na entrada da cidade (Posto do Sr. Dormeci). (Votação: aprovado).</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/ind_09-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/ind_09-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de uma cobertura no pátio da Escola Municipal Novo Milênio. E a construção do muro na Garagem Municipal. (Votação: aprovado).</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Ileide Abreu, Marquinhos</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/ind_10-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/ind_10-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de uma orla marítima, da antiga balsa sentido a praia. E o patrolamento em todas as estradas do município, principalmente, nas estradas das rotas escolares. (Votação: aprovado).</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>Bena, Marquinhos</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/ind_11-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/ind_11-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de um bueiro na ponte da grotinha seca, próxima a fazenda do Sr. Juarezinho. E a reforma do mata-burro, na fazenda do Sr. Sebastião e na propriedade do Sr. Juvercí. (Votação: aprovado).</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/ind_12-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/ind_12-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a reforma na ponte do Cipó. E a construção de bueiro na grota situada entre a fazenda do Sr. Tião da Marina e do Sr. Jurezinho da Madalena. (Votação: aprovado).</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Elyésyo Bezerra, Wanderson de Denival</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/ind_13-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/ind_13-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a revitalização das praças do nosso município. E a construção do Portal de entrada da cidade de São Salvador do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Marquinhos, Pezão</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/ind_14-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/ind_14-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a manutenção na estrada vicinal rural e da ponte que dá acesso a localidade denominada ferrugem. E a reforma da ponte do córrego Tucum (trocar tabuado), na fazenda Preta do Sr. Raimundo, o popular Branco. (Votação: aprovado).</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/ind_15-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/ind_15-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, o reparo geral na ponte do córrego do Grotão. E a reforma do mata-burro na fazenda do Sr. Gerson, região das Pedras. (Votação: aprovado).</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Cássio Aureliano, Izaque Júnior, Marquinhos, Wanderson de Denival</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/ind_16-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/ind_16-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a instalação de sinalização horizontal e vertical nas vagas de estacionamentos reservadas as pessoas com Transtorno do Espectro Autista, nas repartições públicas municipais. E o desmembramento da Diretoria de Esportes da Secretaria de Administração, com intuito de criação da Secretaria Municipal de Esportes e Lazer, com estrutura, competências, funções e cargos próprios. (Votação: aprovado).</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Ileide Abreu, Wanderson de Denival</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/ind_17-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/ind_17-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a colocação de 01 (uma) tenda tamanho 08x08 metros, no pátio da Escola Municipal Brasil para Todos. E a instalação de borracharia na Garagem Municipal. (Votação: aprovado).</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Gustavo do Retiro, Marquinhos</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/ind_18-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/ind_18-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de uma garagem na UBS II - Teresino Bernardo da Silva, no povoado Retiro. E a reforma na ponte do Cuador, sentido Retiro/fazenda do Sr. Leonildes soja. (Votação: aprovado).</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/ind_19-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/ind_19-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a construção de uma academia ao ar livre no povoado Retiro. E a construção de bueiro no córrego Buriti Alegre, nas proximidades da fazenda do Sr. Fracione, e no córrego Pedra Criola, nas proximidades da fazenda do Sr. Jorge. (Votação: aprovado).</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Bena, Gustavo do Retiro</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/ind_20-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/ind_20-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a colocação de grama no campo society da antiga escola São Lucas. E solicita um sinalizador que indica a área destinada à travessia de pedestres (faixa de pedestres), em frente as Unidades Escolares municipais e estaduais. (Votação: aprovado).</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/ind_21-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/ind_21-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a aquisição de motocicleta para os Agentes Comunitários de Saúde. (Votação: aprovado).</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/ind_22-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/ind_22-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a aquisição de duas cadeiras odontológicas para UBS de São Salvador e UBS do Povoado Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indic.23__14-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indic.23__14-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de estudo de legalidade e viabilidade econômica para Instalação de Câmeras de Monitoramento nos pontos de maior vulnerabilidade nas vias públicas da cidade. (votação aprovado)</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indic.24__14-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indic.24__14-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de montar Brinquedotecas na unidades escolares municipais de São Salvador do Tocantins. (votação aprovado)</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indic.25__14-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indic.25__14-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a reforma do parque de vaquejada José Borba dos Santos. (votação aprovado)</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indic.26__14-04-2025_20250507092213.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indic.26__14-04-2025_20250507092213.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a construção de um centro esportivo comunitário, com diversas áreas que permite várias práticas de esportes e de lazer, situada próximo a quadra coberta e o campo gramado, tornando o local um espaço polo esportivo. (votação aprovado)</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indic.27__14-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indic.27__14-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de tapa buracos ou recapeamento na rua Santos Dumont. (votação aprovado)</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indic.28__14-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indic.28__14-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade da confecção do Fardamento Escolar Padronizado em cores e modelo, para as unidades escolares de educação infantil e ensino fundamental da rede municipal de ensino de São Salvador do Tocantins, respeitando as cores da bandeira do município para que não haja tendencialmente partidário. (votação aprovado)</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Ileide Abreu, Izaque Júnior</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indic.29__15-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indic.29__15-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de construção de um ancoradouro (instrutura de embarque e desembarque de barcos) na Praia da Moreninha e Praia do Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indic.30__15-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indic.30__15-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de construir Quiosques na praia do Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Cássio Aureliano, Bena</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indic.31__15-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indic.31__15-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de construção de uma nova creche no município, considerando que é direito constitucional e na Lei de Diretrizes e Bases da Educação (LDB)estabelecem que a oferta de creches e pré-escolas no país é de responsabilidade do município. (votação aprovado)</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indic.32__15-04-2025_20250507092814.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indic.32__15-04-2025_20250507092814.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de construir uma garagem na UBS Rubens Ferreira Tavares em São Salvador do Tocantins. (votação aprovado)</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indic.33__16-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indic.33__16-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de construção de calçada na avenida Tocantins que dá acesso a Escola Municipal Brasil Para Todos. (votação aprovado)</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>Gustavo do Retiro, Bena</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indic.34__16-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indic.34__16-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de instalação de GUARDA-CORPOS na ponte do córrego Retiro. (votação aprovado)</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indic.35__16-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indic.35__16-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de fazer abertura de vala ou canaleta (sistema de drenagem) para escoamento de água da chuva na avenida Getúlio Vargas (votação aprovado)</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indic.36__16-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indic.36__16-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, junto ao setor competente para que seja feito revitalização e plantio de árvores na avenida Praião e avenida Venceslau Ferreira (canteiro central). (votação aprovado)</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indic.37__24-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indic.37__24-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, a possibilidade de criação do Centro de Repouso do Idoso, destinado a atender as necessidades dos idosos e dar assistência no período em que a família ou responsável legal esteja impossibilitado de fazê-lo. (votação aprovado)</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indic.38__24-04-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indic.38__24-04-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, que junto ao setor competente providencie estudo para construção de uma rede de drenagem nas avenidas Praião, Juscelino kubitschek na proximidade do Colégio Estadual, avenida Dona Leopoldina sentido avenida Venceslau Ferreira ate as canaletas de acesso a rampa da antiga balsa. (votação aprovado)</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/ind_40.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/ind_40.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal, para que junto ao setor competente providencie a instalação de piso tátil nas escolas do município, conforme as normas técnicas da ABNT assim garantindo a acessibilidade e segurança para as pessoas com deficiência visual. (votação aprovado)</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_41_11-06-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_41_11-06-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, a possibilidade de trocar todo o tabuado da ponte dos cavalos, (região do cruzeiro). (votação aprovado)</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_42_11-06-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_42_11-06-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, a possibilidade de fazer um mata burro na estrada que dá acesso ao condomínio BEM-TE-VI. (votação aprovado)</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Cássio Aureliano, Izaque Júnior</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_43_12-06-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_43_12-06-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja estudada a viabilidade da construção e instalação de um portal de identificação na Praia da Moreninha localizada no território deste município . (votação aprovado)</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_44_12-06-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_44_12-06-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, a instalação de poste com braço de iluminação no canteiro central da Avenida Praião no encontro da rua 15 de novembro  até rotatória da praia, situada nesta município. (votação aprovado)</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao45_18-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao45_18-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, a possibilidade de adquirir mobiliário estudantil (mesas e carteiras) para os estudantes do CEMEI Conceição Aparecida Fernandes dos Santos e Creche Ana Luiza. (votação aprovado)</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_46_18-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_46_18-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja viabilizada, com urgência, por meio da Secretaria Municipal de Educação ou setor competente, a ampliação e melhorias na estrutura física da Creche Municipal Ana Luiza. (votação aprovado)</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_47_18-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_47_18-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, e à Secretaria Municipal de Turismo solicitando a disponibilização de guardas municipais ou apoio do guarda civil na região  da praia da moreninha, com o objetivo de garantir o livre acesso da população á faixa de areia e áreas públicas da orla, exclusivamente para fins de descarregamento de pertences relacionados a acampamento(camping), equipamentos e utensílios pessoais. (votação aprovado)</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_48_18-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_48_18-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, bem como à Secretaria Municipal de Obras e Infraestrutura e á Secretaria de Turismo e Meio Ambiente, solicitando a realização de manutenção na rampa de acesso existente na praia da moreninha, e que seja elaborado projeto para construção de um ancoradouro adequado no local. (votação aprovado)</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_49_18-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_49_18-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, bem como a Secretaria de Meio Ambiente, solicitando a colocação de guarda municipal (ou vigilante de segurança) no Aterro Sanitário Municipal. (votação aprovado)</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao50_19-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao50_19-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, solicitando construção da ponte do córrego do cruzeiro, com concreto/galeria (localizada dentro da fazenda do senhor Miguel Fogo, na região Pé da Serra). (votação aprovado)</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao51_19-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao51_19-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, bem como a Secretaria Municipal de Obras, Secretaria Municipal de Meio Ambiente ou setor responsável, solicitando a realização de plantio de árvores nas seguintes vias públicas do Povoado Retiro: Avenida Piauí, Rua dos Buritis, Rua Itália. (votação aprovado)</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao52_20-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao52_20-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja viabilizada, com urgência, por meio da Secretaria Municipal de obras e à Secretária de Agricultura solicitando a tomada de providência quanto a conclusão de poços artesianos perfurados na gestão passada, os quais ainda não foram finalizados, estando incompletos por falta de bombas, caixas de água e demais instalações necessárias para seu funcionamento. (votação aprovado)</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_53_20-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_53_20-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, que seja viabilizada, com urgência, por meio da Secretaria Municipal de Saúde ou setor competente a realização de manutenção no banheiro da Unidade Básica de Saúde Rubens Ferreira Tavares. (votação aprovado)</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n54_20-08-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n54_20-08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, bem como a Secretaria Municipal de Obras, solicitando a realização do encabeçamento de dois mata-burros localizados na Fazenda Olho D`Água. no acesso a Fazenda Bom Jesus, zona rural deste município. (votação aprovado)</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/244/ind.56_14-10-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/244/ind.56_14-10-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, junto ao setor competente, realize estudo técnico visando analisar a possibilidade de concessão do adicional de insalubridade aos servidores da educação. (votação aprovado)</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/245/ind.57_14-10-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/245/ind.57_14-10-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, solicitando que analise a viabilidade de elaboração de um Projeto de Lei que autoriza o Poder Executivo a realizar a doação de lotes urbanos no Povoado Retiro pertencente ao município, destinados a famílias de baixa renda, em situação de vulnerabilidade social ou habitacional. (votação aprovado)</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao58_10-11-2025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao58_10-11-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal, junto ao setor competente, solicitando a possibilidade de substituição da ponte situada na entrada do Povoado Retiro por um bueiro adequado as necessidades locais. (votação aprovado)</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Cássio Aureliano, Gustavo do Retiro</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/ind._59-25-junto.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/ind._59-25-junto.pdf</t>
   </si>
   <si>
     <t>Vereador Cássio: Indica ao Prefeito Municipal, a pintura e sinalização dos quebra-molas que foram recentemente reformados nas vias públicas do município. (votação aprovado)._x000D_
 Vereador Gustavo: Requer ao prefeito municipal, que seja estudada a possibilidade de construção de uma ponte sobre o Córrego Piabanha, localizada na divisa entre os municípios de São Salvador do Tocantins e Palmeirópolis. (votação aprovado).</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/ind._60-25.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/ind._60-25.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que envie a esta Casa Legislativa minuta de projeto de lei dispondo sobre o repasse do Incentivo Financeiro Adicional aos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE), conforme previsto na legislação federal. (votação aprovado).</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_decreto.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_decreto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios do Prefeito e do Vice-prefeito Municipal, dos Secretários Municipais e Gestores de Fundos do Município de São Salvador do Tocantins, para o quadriênio 2025/2028, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Nelson Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/87/requerimento_0012024.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/87/requerimento_0012024.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que sejam tomadas medidas necessárias para que reforme a ponte do cuador , região das pedras, próximo ao Sr. Cleidinaldo , Sr. Derci , e Sr. Abel.''(Votação: aprovado).</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/88/requerimento__no_002.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/88/requerimento__no_002.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que sejam tomadas medidas necessárias junto a secretaria de urbanismo , requeira da empresa responsável pelo serviço de iluminação publica, que estendam os postes de energia elétrica , do campo de futebol do retiro , ate as casinhas populares que fica situada acima do campo.''(Votação: aprovado).</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Rosivan Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que seja tomada providencia ,na troca do madeiramento da ponte sobre o rio cruzeiro para evitar futuro acidente ''.(Votação: aprovado).</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/96/requerimento_no_004_1.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/96/requerimento_no_004_1.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que sejam tomadas medidas necessárias no reparo e troca das tábuas da ponte sobre córrego do tucum região do cruzeiro''.(Votação: aprovado).</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/97/requerimento_no_005.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/97/requerimento_no_005.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que sejam tomadas medidas necessárias referente a instalações dos mata burros de concreto que ainda estão faltando que o executivo toma as devidas providencias junto a empresa para vim finalizar a obra.''(Votação: aprovado).</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Izael Nunes</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/99/requerimento_no_06.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/99/requerimento_no_06.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que sejam tomadas medidas necessárias referente a recuperação da estrada vicinais na zona rural sendo localizada no reassentamento piabanha I nas proximidades do colégio José Porfírio sendo que estamos no período chuvoso , todos os anos este trecho ficar intransitável desta referida estrada sendo que uma estrada de um grande tráfego de pessoas daquela região''.(Votação: aprovado).</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/100/requerimento_no_007.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/100/requerimento_no_007.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que seja feito com urgência instalação de rede de escoamento pluvial na avenida Venceslau Ferreira e nas ruas e avenidas do setor das candeias.''.(Votação: aprovado).autor Izael Nunes e Rosivan Cardoso</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/101/requerimento_no_08.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/101/requerimento_no_08.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que sejam tomadas medidas necessárias na construção de uma creche para atender os moradores do povoado do Retiro e Zona Rural.''(Votação: aprovado).Autor ; IZAQUE JUNIOR E ABENILIO M.DOS SANTOS</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Wander Polidório</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/102/requerimento_010_wander.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/102/requerimento_010_wander.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as medidas necessárias , junto a secretaria competente para reativação da feira coberta TADEU GOMES DE SOUZA e a possibilidade de organizar uma vez no mês uma feira do produtor no povoado do retiro .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/103/requerimento_011_izael_nunes.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/103/requerimento_011_izael_nunes.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome providencias junto ao órgão competente para que seja feito um reparo geral na ponte matrinchã .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/104/requerimento_012__izael_nunes.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/104/requerimento_012__izael_nunes.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as medidas necessárias , junto a secretaria competente para refazer a ponte do córrego do machado ( acesso a propriedade do senhor JOAO  da sancha ) .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/105/requerimento_013_izael_nunes.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/105/requerimento_013_izael_nunes.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as medidas necessárias , junto a secretaria competente para fazer um reparo geral na ponte do córrego piabanaha II .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Lílian Lapero</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/106/requerimento_014_lilian_de_sousa.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/106/requerimento_014_lilian_de_sousa.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, e  ao secretario de cultura e turismo a proposta de criação do conselho municipal de cultura e fundo municipal de cultura  .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Abenilio Moreira</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/107/requerimento_015_abenilio_e_isaque_junior.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/107/requerimento_015_abenilio_e_isaque_junior.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as providencias referente a reforma geral na Escola Municipal Novo Milênio no Povoado do Retiro e Escola Municipal Brasil Para Todos .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/108/requerimento_016abenilio_e_rosivan_1.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/108/requerimento_016abenilio_e_rosivan_1.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome medidas na revitalização da praça do Retiro , nos bancos sugerir os desenhos do tucunaré azul , símbolo da pesca esportiva e revitalização de todas as praças de São Salvador do Tocantins  .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/109/requerimento_017_abenilio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/109/requerimento_017_abenilio.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as  providencias cabíveis referente a manutenção das estradas que passa em Natalino , Jair , e Manoel Batista na região da esmeralda , e a estrada da região do cruzeiro passando por Marquinhos, Mauricio e Marcelo  .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/110/requerimento_018_ileide.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/110/requerimento_018_ileide.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, o reajuste salarial dos motoristas e dos operadores de maquinas do quadro geral de funcionários da prefeitura municipal  .''(Votação: aprovado).</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/111/requerimento_019.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/111/requerimento_019.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que versa aplicação do disposto no art.65 , Lei 447/2019, aos servidores que não são amparados por PCCR-(PLANO DE CARGOS , CARREIRAS E REMUNERAÇÃO ), concedendo aumento salarial a estes pelo  INPC(INDICE NACIONAL DE PREÇO AO CONSUMIDOR) , inclusive acumulado .Requer ainda que seja apresentado a essa casa de Leis estudo de impacto financeiro ‘’ com vista a verificar cumprimento da Lei de responsabilidade fiscal , no que diz respeito aos tramites constitucionais de gastos com servidores ''(Votação: aprovado).</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/112/requerimento_020_1.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/112/requerimento_020_1.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que versa reajuste salarial da equipe multidisciplinar do município de São Salvador( nível superior ) ''(Votação: aprovado).</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/113/requerimento_021_1.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/113/requerimento_021_1.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que seja enviado a esta casa de Leis, para deliberação em Plenário , projeto de Leis de Implantação de vídeo monitoramento em vias públicas ( segurança pública)  ''(Votação: aprovado).</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/114/requerimento_022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/114/requerimento_022.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as providencias necessárias para patrolamento das estradas das pessoas salvadorenhas que possuem propriedade do outro lado da ponte , Rio Tocantins  ''(Votação: aprovado).</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/115/requerimento_0232024.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/115/requerimento_0232024.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que a possibilidade de fazer '' CONSTRUÇÃO DE CICLOVIA E ''(Votação: aprovado)._x000D_
  PISTA DE CAMINHADA'', saindo da cidade de São Salvador até o posto Beira Rio.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/116/requerimento_2403_1.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/116/requerimento_2403_1.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as providencias necessárias ILUMINAÇÃO PÚBLICA DA AVENIDA MACHADO DE ASSIS. ''(Votação: aprovado).</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/117/requerimento_025.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/117/requerimento_025.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, informações  junto ao departamentos competente relativas a obra pública paralisada, construção do CAMPO DE FUTEBOL SOCIETY no povoado Retiro  ''(Votação: aprovado).</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/requerimento_26.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/requerimento_26.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as providencias necessárias para a limpeza dos lotes vagos existentes no Distrito ''POVOADO RETIRO ''. ( aprovado )</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/requerimento_27.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/requerimento_27.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que junto a secretaria responsável , providenciar a roçagem e a limpeza das margens da estrada que dá acesso a piabanha  , e a região do 49 '' (aprovado )</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/121/requerimento_28.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/121/requerimento_28.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal,   a instalação de iluminação pública na rua 06 POVOADO RETIRO '. ( APROVADO )</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/122/requerimento_29.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/122/requerimento_29.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que seja repassado  a está casa de Leis esclarecimentos sobre o não pagamento do piso salarial da educação/magistério do ano 2023/2024 sabemos que e direito do servidor receber , e ate o momento não foi pago .''( aprovado )</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/123/requerimento_30.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/123/requerimento_30.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as medidas necessárias em reforma no mata burro que fica de frente a propriedade do senhor salvador ''. 9 aprovado</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/124/requerimento_31.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/124/requerimento_31.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, a possibilidade de colocar uma tenda no pátio da Escola Municipal Brasil Para Todos ''. ( aprovado)</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/125/requerimento_32.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/125/requerimento_32.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, a possibilidade de colocar rede de internet na praia do Retiro '' ( aprovado )</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/126/requerimento_033.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/126/requerimento_033.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal,  que tome  as medidas necessárias  em reforma na ponte na região grotão ''. ( aprovado )</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/127/requerimento_34.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/127/requerimento_34.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal,  que tome as medidas necessárias em patrola a estrada que liga retiro a piabanha , reassentamento , passando pelo morro da figura e a região da gleba.''</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/128/requerimento_35.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/128/requerimento_35.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as medidas necessárias tirar os entulhos ( lixo ) que estão próximo ao campo de futebol JOSE NERY e leva para o local adequado 9 lixão ''. ( aprovado )</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_36.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_36.pdf</t>
   </si>
   <si>
     <t>''REQUERIMENTO RETIRADO ''</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_37.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_37.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as medidas necessárias em operação tampa os buracos , em todo o asfalto de São Salvador, com olhar especial na avenida SANTOS DUMONT , onde tenho recebido bastante reclamações  e também operação tampa buraco no povoado Retiro ''.  ( aprovado )</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_38.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_38.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que tome as medidas necessárias em colocar placas de sinalização na avenida Venceslau Ferreira , com identificação de final de percurso /rio .''( aprovado)</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/132/requerimento_39.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/132/requerimento_39.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que o poder executivo enviei um projeto de Leis a esta casa , que obriga os estabelecimentos públicos e privados que disponibilizam vagas de estacionamento preferenciais e/ ou possuam atendimento prioritário ,a inserirem o símbolo municipal de conscientização do transtorno do espectro autista ( TEA) nas placas indicativas''.( aprovado )</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/133/requerimento_40.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/133/requerimento_40.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que junto a secretaria responsável , providenciar patrolamento das estradas da região do ferrugem ; região água bonita e região das alminhas''.( aprovado )</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/134/requerimento_n_41.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/134/requerimento_n_41.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que junto a secretaria responsável , que tenha vínculos com o ( PNAE) que tome as medidas cabíveis em atender os produtores da agricultura familiar , conforme determina o programa nacional de alimentação escolar.''</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/135/requerimento_42.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/135/requerimento_42.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que junto ao órgão competente , verifique a possibilidade de instalar um radio comunitário , no povoado Retiro .''</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/136/requerimento_43.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/136/requerimento_43.pdf</t>
   </si>
   <si>
     <t>''Requer ao Prefeito Municipal, que seja colocado iluminação na quadra de esporte ( pública), povoado retiro ''.( aprovado )</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/137/requerimento_44.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/137/requerimento_44.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que junto  a secretaria competente seja montada uma comissão para leitura , analise e atualização do PCCR da educação. (Votação: aprovado).</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/138/requerimento_45.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/138/requerimento_45.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que junto  a secretaria competente, inclua no salario base dos professores municipais ,as horas a mais trabalhadas de acordo com o PCCR  da categoria. '' consta no art.37 , e seus parágrafos que o regime de trabalho do profissional da educação é de 20 horas e podera ter sua carga horaria de trabalho flexibilizada de 20 a 40 horas semanais , conforme necessidade da '' UE'' e interesse do professor , por decisão da secretaria municipal de educação que será remunerado de acordo com seu cargo , nível , classe e carga horaria , independente da etapa de ensino em que atua , e o profissional que atua  em projetos específicos por meio de adesão terá remuneração de acordo com a carga horaria do mesmo. (Votação: aprovado).</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/58/req._n_01_cassio_aureliano_pereira.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/58/req._n_01_cassio_aureliano_pereira.pdf</t>
   </si>
   <si>
     <t>Requer que manda um projeto de lei complementar concedendo reajuste conforme previsto na LEI MUNICIPAL Nº 446/2019, Art. 65 e seus parágrafos. (Votação: aprovado).</t>
   </si>
   <si>
     <t>Mayra do Valtinho</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/59/req._n._02_elen_marya.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/59/req._n._02_elen_marya.pdf</t>
   </si>
   <si>
     <t>Requer que tomes as providencias urgentes, referente iluminação pública sobre escuridão nas ruas. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/60/req._n._03_elen_marya.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/60/req._n._03_elen_marya.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Sr. Prefeito Municipal; que tome as providencias cabíveis quanto a iluminação dos banheiros públicos na praia da Moreninha. (Votação: aprovado).</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/61/req._n._04_elen_marya_e_ileide_alves_de_abreu.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/61/req._n._04_elen_marya_e_ileide_alves_de_abreu.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Sr. Prefeito Municipal que tome as providencias cabíveis, quanto reforma da Escola Brasil Para Todos e a Escola Municipal Novo Milênio do povoado do Retiro. (Votação: aprovado).</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/62/req._n._05_wander_luiz_polidorio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/62/req._n._05_wander_luiz_polidorio.pdf</t>
   </si>
   <si>
     <t>Requer ao Senhor Prefeito Municipal, tome as providencias cabíveis quanto construção de   Banheiro Sanitário na Feira Coberta Tadeu Gomes. (Votação: aprovado).</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_06._autor.__elem_mayra.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_06._autor.__elem_mayra.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que sejam tomadas medidas necessárias referente limpeza geral da cidade, principalmente em lotes vagos onde o capim está bastante alto, podendo se tornar um criadouro de insetos e animais peçonhentos, entre outros. (Votação: aprovado).</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Edmar José da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/2/pl-e_no_04-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/2/pl-e_no_04-2022.pdf</t>
   </si>
   <si>
     <t>Fixa o valor limite para pagamentos mediante requisição de pequeno valor - RPV, de débitos ou obrigações do município de São Salvador do Tocantins, nos termos do Art. 100, §§ 3º e 4º, da Constituição Federal, decorrentes de decisões judiciais. Autoria: Prefeito Municipal. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/3/pl-e_no_05-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/3/pl-e_no_05-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária de brigadista de combate a incêndios florestais, por prazo determinado, para servir ao município de São Salvador do Tocantins, nos termos da artigo 37, inciso IX, da Constituição Federal, que especifica, e dá outras providências. Autoria: Prefeito Municipal. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/8/pl-e_no_06-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/8/pl-e_no_06-2022.pdf</t>
   </si>
   <si>
     <t>Atualiza a Lei nº 445/2019, de criação do Conselho Municipal de Turismo, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/9/pl-e_no_07-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/9/pl-e_no_07-2022.pdf</t>
   </si>
   <si>
     <t>Institui a criação do Sistema Municipal de Ensino de São Salvador do Tocantins/TO, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/10/pl-e_no_08-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/10/pl-e_no_08-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a reestruturação do Conselho Municipal de Educação de São Salvador do Tocantins/TO, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/11/pl-e_no_09-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/11/pl-e_no_09-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gestão democrática e normatiza o processo de escolha de Gestor Escolar, que integra a equipe gestora das Unidades Escolares da Rede Pública Municipal de São Salvador do Tocantins/TO. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/56/pl-e_no_11-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/56/pl-e_no_11-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2023, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/55/pl-e_no_13-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/55/pl-e_no_13-2022.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento Anual do Município de São Salvador do Tocantins/TO, para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/4/pl-e_no_484-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/4/pl-e_no_484-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno público ao Instituto Verde Novo de Desenvolvimento Humano - IVNDH. Autoria: Prefeito Municipal. (Votação: aprovado).</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/5/pl-l_no_02-2022_-_elyesio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/5/pl-l_no_02-2022_-_elyesio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Geraldo Mangela Pereira a garagem do Município, na Avenida Afonso Pena, nesta cidade. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/6/pl-l_no_03-2022_-_elyesio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/6/pl-l_no_03-2022_-_elyesio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Deusdete Furtado de Almeida (DETI) ao Centro Cultural do Município, na Praça da Prefeitura Municipal. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/7/pl-l_no_04-2022_-_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/7/pl-l_no_04-2022_-_cassio.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Suplementar de Alimentação Escolar nas Unidades Escolares, da Rede Pública de Ensino do Município de São Salvador do Tocantins. *Vetado*</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/12/pl-l_no_05-2022_-_elyesio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/12/pl-l_no_05-2022_-_elyesio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de: Aloisio de Almeida Barreto, a Academia Pública do Município, localizada na Praça da Prefeitura, nesta cidade. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/13/pl-l_no_06-2022_-_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/13/pl-l_no_06-2022_-_cassio.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Prevenção a Queimadas (Agosto Cinza), no município de São Salvador do Tocantins, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/1/plc-e_no_845-2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/1/plc-e_no_845-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza ao chefe do Poder Executivo a conceder reajuste do Piso Nacional do Magistério, aos vencimentos base dos servidores efetivos e ativos do Magistério, do Município de São Salvador do Tocantins. Autoria: Prefeito Municipal. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/52/pr_01.2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/52/pr_01.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Câmara Municipal firmar convênio de consignação com a Caixa Econômica Federal, nos termos do Decreto nº 02/2022, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/57/pr_03.2022.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/57/pr_03.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os valores de diárias do Presidente, Vereadores e Servidores, da Câmara Municipal de São Salvador do Tocantins/TO, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/14/r_01-22_elyesyo.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/14/r_01-22_elyesyo.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que conceda aumento a insalubridade de 15% para 40%, a todos os servidores insalubres do Município, observando as porcentagens por categorias. (Votação: aprovado).</t>
   </si>
   <si>
     <t>Izaque Júnior, Cássio Aureliano</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/15/r_02-22_izaque_e_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/15/r_02-22_izaque_e_cassio.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, que seja feito o portal ou letreiro de identificação da praia da Moreninha, na rotatória que fica localizada no final da Avenida Praião, com a entrada da praia. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/16/r_03-22_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/16/r_03-22_cassio.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, providências para conceder/pagar o Piso Salarial aos professores da Rede Municipal de Ensino, conforme Lei Federal sancionada no ano corrente, que determinou novo Piso com reajuste de 34,24%. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/17/r_04-22_elem_mayra.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/17/r_04-22_elem_mayra.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que seja feito o sistema de drenagem de águas fluviais de acordo com a necessidade local (Avenida Venceslau Ferreira). (Votação: aprovado).</t>
   </si>
   <si>
     <t>Nelson Rodrigues, Izaque Júnior</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/18/r_05-22_nelson_e_izaque.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/18/r_05-22_nelson_e_izaque.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, a limpeza geral no povoado Retiro, principalmente, nos lotes onde o capim está bastante alto, podendo se tornar um criadouro de insetos e animais peçonhentos (escorpiões, cobras, ratos e baratas) e do aedes aegypti (mosquito da dengue), entre outros. (Votação: aprovado).</t>
   </si>
   <si>
     <t>Elyésyo Bezerra, Ileide Abreu</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/19/r_06-22_elyesyo_e_ileide.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/19/r_06-22_elyesyo_e_ileide.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, que conceda 20% (vinte por cento) de aumento aos servidores do município, com cargo de motorista; e aumento de salário aos servidores no cargo de operadores de máquina, baseado na média dos salários dos servidores dos municípios vizinhos. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/23/r_07-22_elyesyo.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/23/r_07-22_elyesyo.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente desta Casa, que leve em Plenário para apreciação, a presente proposição que versa sobre a denominação da garagem do Município, localizada na Avenida Afonso Pena, denominando de Garagem Geraldo Mangela Pereira. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/24/r_08-22_elyesyo.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/24/r_08-22_elyesyo.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente desta Casa, que leve ao Plenário para apreciação, a presente proposição que denomina o Centro Cultural do município, localizada na Praça da Prefeitura, denominando de: Deusdete Furtado de Almeida (Deti). (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/25/r_09-22_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/25/r_09-22_nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, providências para colocar as janelas e vidros nas salas da Escola Novo Milênio, e colocar também, ar condicionado nas salas. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/26/r_10-22_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/26/r_10-22_nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a reposição de lâmpadas e manutenção da iluminação pública, do povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/27/r_11-22_elyesyo.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/27/r_11-22_elyesyo.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a possibilidade de conceder bolsas de estudos para o auxílio financeiro aos estudantes universitários residentes em São Salvador do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/28/r_12-22_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/28/r_12-22_cassio.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Meio Ambiente e Turismo, e Secretaria Municipal de Cultura e Desporto, que desenvolvam um Calendário de eventos que fomentam o turismo no município, contemplando todas as programações de São Salvador do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/29/r_13-22_elyesyo.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/29/r_13-22_elyesyo.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente desta Casa, que leve ao Plenário para apreciação, a presente proposição, denominando a Academia Pública do município, localizada na Praça da Prefeitura, de Aloisio de Almeida Barreto. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/30/r_14-22_elyesyo.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/30/r_14-22_elyesyo.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Educação, que seja implantado a Lei nº 13.935, que dispõe sobre Serviços Social na Rede Pública de Educação Básica do município de São Salvador do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/31/r_15-22_ileide.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/31/r_15-22_ileide.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, providências para as seguintes sinalizações em frente das escolas: Faixa de pedestres; Placa de proibido parar e estacionar; Sinalização de chão, devagar escola; e Lombada. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/32/r_16-22_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/32/r_16-22_cassio.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, providências para colocar barreira de contenção, separando a área dos banhistas com a área do embarque e desembarque de canoas, e boias de limitações para banhistas. (Votação: aprovado).</t>
   </si>
   <si>
     <t>Izaque Júnior, Nelson Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/33/r_17-22_izaque_e_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/33/r_17-22_izaque_e_nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a lei de criação da Subprefeitura de Retiro, junto ao Processo REURB, com dotação orçamentária, com infraestrutura de atendimento Administrativo de todas as Secretarias. Sendo que a Administração do povoado, no âmbito da Subprefeitura, será exercida pelo atual Vice-Prefeito. (Votação: aprovado).</t>
   </si>
   <si>
     <t>Cássio Aureliano, Mayra do Valtinho</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/34/r_18-22_cassio_e_elem_mayra.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/34/r_18-22_cassio_e_elem_mayra.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, providências para reestruturar as Avenidas das Palmeiras e Ulisses Guimarães, e reparo nas iluminações públicas. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/35/r_19-22_elyesyo.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/35/r_19-22_elyesyo.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a regulamentação da Emenda Constitucional nº 120/2022, art. 198, onde foi acrescentado os parágrafos 7, 8, 9, 10 e 11, que cita: O vencimento dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/36/r_20-22_izaque_e_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/36/r_20-22_izaque_e_nelson.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, a regularização do atendimento médico na Unidade Básica de Saúde do povoado Retiro, seguindo regularmente os dias e horários. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/37/r_21-22_ileide.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/37/r_21-22_ileide.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, providências para construção de uma nova creche. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/38/r_22-22_lilian.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/38/r_22-22_lilian.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, o Plano de Ação das Secretarias de Transporte e Agricultura. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/20/r_23-22_izael.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/20/r_23-22_izael.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a possibilidade de melhorar, aumentar o espaço (estacionamento), local onde vem acontecendo todo ano, um evento cultural envolvendo comunidade do município, na propriedade da senhora Sancha, Sr. Domingos, no dia 08 de dezembro, festejo de Nossa Senhora da Conceição. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/39/r_24-22_ileide.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/39/r_24-22_ileide.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, providências para construção de uma Quadra de Esportes, na Escola Municipal Brasil para Todos. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/40/r_25-22_izaque_e_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/40/r_25-22_izaque_e_nelson.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, que dentro do projeto de Regularização Fundiária Urbana (REURB), a destinação de uma área para ser criado o Setor Comercial no povoado Retiro, sendo um elo direto entre o produto ou serviço de uma empresa e seus clientes. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/41/r_26-22_ileide.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/41/r_26-22_ileide.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a iluminação adequada (reparo) no estacionamento da praia e também na cidade. (Votação: aprovado).</t>
   </si>
   <si>
     <t>*Numeração não utilizada, requerimento retirado*</t>
   </si>
   <si>
     <t>Cássio Aureliano, João Santana</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/43/r_28-22_cassio_e_joao_santana.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/43/r_28-22_cassio_e_joao_santana.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, a abertura de uma vala para escoamento de água das chuvas, no início da Avenida Getúlio Vargas, do asfalto novo até próximo a praia. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/44/r_29-22_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/44/r_29-22_cassio.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a instalação de lombada eletrônica, caso não seja possível, instalar redutores de velocidades, na Avenida Getúlio Vargas. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/45/r_30-22_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/45/r_30-22_nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, faça lombadas ou redutores de velocidade na Avenida Ceará no povoado Retiro, e na Rua dos Buritis. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/46/r_31-22_izaque.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/46/r_31-22_izaque.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a autorização para que um caminhão pipa, fique fixo no povoado Retiro, para molhar as ruas de terra e atender as pessoas da zona rural. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/47/r_32-22_izaque.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/47/r_32-22_izaque.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, reiterando o Requerimento nº 20/2021, que solicita a construção do campo de futebol society em grama natural, e pista de caminhada no povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/21/r_33-22_izael.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/21/r_33-22_izael.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a possibilidade de beneficiar os foliões de Nossa Senhora Santana e São Sebastião do município, com remuneração de um salário mínimo. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/22/r_34-22_izael.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/22/r_34-22_izael.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a possibilidade de construir campo de futebol society nos reassentamentos Piabanha I e II. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/48/r_35-22_ileide.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/48/r_35-22_ileide.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, juntamente com a Gestora do Fundo Municipal de Educação, a possibilidade de instalar parques infantis nas creches do município de São Salvador, e no povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/49/r_36-22_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/49/r_36-22_nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a limpeza nas ruas que foram pavimentadas, retirando areias e saibro, no povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/50/r_37-22_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/50/r_37-22_nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a instalação de mangueiras no campo do povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/53/r_38-22_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/53/r_38-22_cassio.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a fiscalização nas praias do município, em relação aos banhistas e embarcações. (Votação: aprovado).</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_001-2021_ver._elyesyo.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_001-2021_ver._elyesyo.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que conceda aumento a insalubridade de 15% para 40%, a todos os servidores insalubres do Município, observando as porcentagens por categorias. (Votação - aprovado).</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_002-2021_ver._nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_002-2021_ver._nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que revisto sobre o sinal de telefone que não está funcionando no Povoado Retiro. (Votação - aprovado).</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_003-2021_ver._nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_003-2021_ver._nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que seja enviado ao Legislativo Municipal, informação sobre a quantidade de pessoas que já receberam a vacina do Covid-19, se há previsão para chegada de mais vacinas. (Votação - aprovado).</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_004-2021_ver._cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_004-2021_ver._cassio.pdf</t>
   </si>
   <si>
     <t>Requer a denominação da Quadras de Esportes, de Quadra de Esportes Raimundo Reis Rocha Vieira - Dureizinho. (Votação - aprovado).</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_005-2021_ver._nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_005-2021_ver._nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a colocação de energia elétrica nas casas populares do Povoado Retiro. (Votação - aprovado).</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_007-2021_ver._izaque.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_007-2021_ver._izaque.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que a entrega dos medicamentos essenciais de uso contínuo, seja realizada por agentes de saúde nas residências dos pacientes, principalmente, na zona rural. (Votação: aprovado).</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>João Santana</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_009-2021_ver._joao.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_009-2021_ver._joao.pdf</t>
   </si>
   <si>
     <t>Requer a regularização da carga horária diária dos servidores da limpeza urbana e condições de segurança para o desenvolvimento do trabalho. (Votação: aprovado).</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_010-2021_ver._izaque.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_010-2021_ver._izaque.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a possibilidade de melhorias no esporte do nosso município. (Votação: aprovado).</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_no_011-2021_ver._wander.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_no_011-2021_ver._wander.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que no transporte escolar seja autorizado um servidor (monitor) para auxiliar o servidor (motorista) a dar suporte e segurança as crianças. (Votação: aprovado).</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_no_015-2021_ver._ileide_e_elen_mayra.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_no_015-2021_ver._ileide_e_elen_mayra.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, o realinhamento de planilha dos profissionais designados no Plano de Cargos, Carreiras e Remuneração, do Apoio Administrativo da Educação Básica, conforme a Lei nº 348/2012. (Votação: aprovado).</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_no_017-2021_ver._wander.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_no_017-2021_ver._wander.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, os serviços pactuados e convênio municipal com o Município de Paranã/TO, para realização de partos e cirurgias eletivas. (Votação: aprovado).</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/75/req._17.2021_izaque_junior.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/75/req._17.2021_izaque_junior.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a reposição da diferença salarial dos cargos: Operador Patroleiro, Operador de Escavadeira e Pá Carregadeira, Operador de Tratores, Caminhão, e motoristas categorias A e B; Eletricista Automotivo e Borracheiro, sendo todos eles efetivos. (Votação: aprovado).</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/76/req._018.2021_nelson.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/76/req._018.2021_nelson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, o reparo na cabeceira da ponte do mutum. (Votação: aprovado).</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/77/req._19.2021_cassio_wander_e_nelson_-1.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/77/req._19.2021_cassio_wander_e_nelson_-1.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, um espaço físico equipado para parceria com produtores rurais, para o abate de aves e suínos. (Votação: aprovado).</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/78/req._20._izaque_junior.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/78/req._20._izaque_junior.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a construção de um campo de futebol society com grama natural, e uma pista de caminhada, próximo a praia do povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/79/req._25.2021_ileide_alves_de_abreu.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/79/req._25.2021_ileide_alves_de_abreu.pdf</t>
   </si>
   <si>
     <t>Requer ao Banco do Brasil, a possibilidade de atendimento bancário no município de São Salvador do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/80/req._26.2021_cassio.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/80/req._26.2021_cassio.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, o plantio de árvores na Avenida Praião no canteiro central, e refazer o plantio com novas mudas na Rua Itália, no povoado Retiro. (Votação: aprovado).</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/81/req._28.2021_elyesyo_t._bezerra.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/81/req._28.2021_elyesyo_t._bezerra.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a isenção de cobrança de IPTU das igrejas do município. (Votação: aprovado).</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/82/req._32.2021_joao_santana_e_vereador_cassio_a._pereira.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/82/req._32.2021_joao_santana_e_vereador_cassio_a._pereira.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, reparos urgentes na iluminação pública da cidade, citando como exemplo a Rua Getúlio Vargas, que se encontra precária. (Votação: aprovado).</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/83/req._33.2021_lilian_de_souza_milhomem.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/83/req._33.2021_lilian_de_souza_milhomem.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a doação de fraldas descartáveis aos pacientes e moradores de baixa renda do município, que apresentam incontinência urinária ou fecal. (Votação: aprovado).</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/84/req._34.2021_ver._ileide_a._de_abreu.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/84/req._34.2021_ver._ileide_a._de_abreu.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, o reajuste salarial a todos os funcionários públicos municipais com piso salarial estabelecido pelo Governo Federal, pelo Índice Nacional de Preços do Consumidor - INPC. (Votação: aprovado).</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/85/req._35.2021_ver._ileide_alves_de_abreu.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/85/req._35.2021_ver._ileide_alves_de_abreu.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, o rateio dos sobras do FUNDEB para os servidores em pleno exercício (na ativa) do magistério da educação do Município de São Salvador do Tocantins, caso haja sobra de recursos do final do ano vigente de 2021. (Votação: aprovado).</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/86/req._36.2021_vereador_ileide_alves_de_abreu.pdf</t>
+    <t>http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/86/req._36.2021_vereador_ileide_alves_de_abreu.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, o reajuste dos vencimentos dos professores do município de São Salvador do Tocantins, de acordo com o piso salarial do magistério estabelecido pelo Governo Federal, e o pagamento das progressões por letra, desses profissionais. (Votação: aprovado).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2870,68 +2924,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/p.l_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/p.l_002-2025_20250506091058.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/p.l_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/p.l_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/p.l_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/proj.lei_007-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/proj.lei_8-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_009-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/ple_10-25.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/proj_lei_15.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/247/proj.lei_017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_no19-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/ple_22-25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/ple_25-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/plc_24-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/pr_02-25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/pr_05-25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/pr_06-25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/req_05-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/req_07-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/req_21-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/req_22-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/req_23-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/req_24-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/req_25-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/req_26-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/req_27-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/req_28-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/req_29-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/req_30-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/req_31-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/req_32-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/req_33-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/req_34-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/req_35-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/req_36-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/req_37-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/req_38-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/req_39-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/req.40__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/req.41__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/req.42__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/req.43__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/req.44__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/req.45__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/req_46._26-05.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/req_47._26-05_20250612102615.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/req.48.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/req._49_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento50_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento51_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento52_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento53_15-09-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/req54_17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_55_18-09-2025_20251013100429.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/req_57-25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/req_58-25.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/req_59-25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/req_60-25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/ind_02-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/ind_03-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/ind_04-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/ind_05-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/ind_06-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/ind_07-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/ind_08-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/ind_09-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/ind_10-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/ind_11-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/ind_12-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/ind_13-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/ind_14-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/ind_15-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/ind_16-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/ind_17-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/ind_18-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/ind_19-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/ind_20-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/ind_21-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/ind_22-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indic.23__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indic.24__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indic.25__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indic.26__14-04-2025_20250507092213.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indic.27__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indic.28__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indic.29__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indic.30__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indic.31__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indic.32__15-04-2025_20250507092814.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indic.33__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indic.34__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indic.35__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indic.36__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indic.37__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indic.38__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/ind_40.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_41_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_42_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_43_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_44_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao45_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_46_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_47_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_48_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_49_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao50_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao51_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao52_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_53_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n54_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/244/ind.56_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/245/ind.57_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao58_10-11-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/ind._59-25-junto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/ind._60-25.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/87/requerimento_0012024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/88/requerimento__no_002.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/96/requerimento_no_004_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/97/requerimento_no_005.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/99/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/100/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/101/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/102/requerimento_010_wander.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/103/requerimento_011_izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/104/requerimento_012__izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/105/requerimento_013_izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/106/requerimento_014_lilian_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/107/requerimento_015_abenilio_e_isaque_junior.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/108/requerimento_016abenilio_e_rosivan_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/109/requerimento_017_abenilio.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/110/requerimento_018_ileide.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/111/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/112/requerimento_020_1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/113/requerimento_021_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/114/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/115/requerimento_0232024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/116/requerimento_2403_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/117/requerimento_025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/121/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/122/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/123/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/124/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/125/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/126/requerimento_033.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/127/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/128/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/132/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/133/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/134/requerimento_n_41.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/135/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/136/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/137/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/138/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/58/req._n_01_cassio_aureliano_pereira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/59/req._n._02_elen_marya.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/60/req._n._03_elen_marya.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/61/req._n._04_elen_marya_e_ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/62/req._n._05_wander_luiz_polidorio.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_06._autor.__elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/2/pl-e_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/3/pl-e_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/8/pl-e_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/9/pl-e_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/10/pl-e_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/11/pl-e_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/56/pl-e_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/55/pl-e_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/4/pl-e_no_484-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/5/pl-l_no_02-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/6/pl-l_no_03-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/7/pl-l_no_04-2022_-_cassio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/12/pl-l_no_05-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/13/pl-l_no_06-2022_-_cassio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/1/plc-e_no_845-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/52/pr_01.2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/57/pr_03.2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/14/r_01-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/15/r_02-22_izaque_e_cassio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/16/r_03-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/17/r_04-22_elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/18/r_05-22_nelson_e_izaque.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/19/r_06-22_elyesyo_e_ileide.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/23/r_07-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/24/r_08-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/25/r_09-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/26/r_10-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/27/r_11-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/28/r_12-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/29/r_13-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/30/r_14-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/31/r_15-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/32/r_16-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/33/r_17-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/34/r_18-22_cassio_e_elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/35/r_19-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/36/r_20-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/37/r_21-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/38/r_22-22_lilian.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/20/r_23-22_izael.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/39/r_24-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/40/r_25-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/41/r_26-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/43/r_28-22_cassio_e_joao_santana.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/44/r_29-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/45/r_30-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/46/r_31-22_izaque.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/47/r_32-22_izaque.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/21/r_33-22_izael.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/22/r_34-22_izael.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/48/r_35-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/49/r_36-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/50/r_37-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/53/r_38-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_001-2021_ver._elyesyo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_002-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_003-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_004-2021_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_005-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_007-2021_ver._izaque.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_009-2021_ver._joao.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_010-2021_ver._izaque.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_no_011-2021_ver._wander.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_no_015-2021_ver._ileide_e_elen_mayra.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_no_017-2021_ver._wander.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/75/req._17.2021_izaque_junior.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/76/req._018.2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/77/req._19.2021_cassio_wander_e_nelson_-1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/78/req._20._izaque_junior.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/79/req._25.2021_ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/80/req._26.2021_cassio.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/81/req._28.2021_elyesyo_t._bezerra.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/82/req._32.2021_joao_santana_e_vereador_cassio_a._pereira.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/83/req._33.2021_lilian_de_souza_milhomem.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/84/req._34.2021_ver._ileide_a._de_abreu.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/85/req._35.2021_ver._ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/86/req._36.2021_vereador_ileide_alves_de_abreu.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/p.l_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/p.l_002-2025_20250506091058.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/p.l_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/p.l_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/p.l_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/267/ple_06-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/proj.lei_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/proj.lei_8-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/ple_10-25.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/ple_11-25.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/ple_12-25.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/proj_lei_15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/247/proj.lei_017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_no19-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_no20-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no21-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/ple_22-25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/ple_25-25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/ple_26-25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/266/plc_23-25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/plc_24-25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/pr_02-25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/pr_05-25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/pr_06-25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/271/pr_07-25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/req_05-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/req_07-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/req_21-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/req_22-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/req_23-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/req_24-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/req_25-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/req_26-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/req_27-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/req_28-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/req_29-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/req_30-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/req_31-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/req_32-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/req_33-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/req_34-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/req_35-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/req_36-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/req_37-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/req_38-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/req_39-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/req.40__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/req.41__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/req.42__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/req.43__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/req.44__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/req.45__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/req_46._26-05.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/req_47._26-05_20250612102615.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/req.48.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/req._49_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento50_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento51_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento52_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento53_15-09-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/req54_17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_55_18-09-2025_20251013100429.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/246/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/req_57-25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/req_58-25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/req_59-25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/req_60-25.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/ind_02-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/ind_03-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/ind_04-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/ind_05-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/ind_06-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/ind_07-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/ind_08-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/ind_09-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/ind_10-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/ind_11-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/ind_12-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/ind_13-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/ind_14-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/ind_15-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/ind_16-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/ind_17-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/ind_18-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/ind_19-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/ind_20-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/ind_21-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/ind_22-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indic.23__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indic.24__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indic.25__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indic.26__14-04-2025_20250507092213.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indic.27__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indic.28__14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indic.29__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indic.30__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indic.31__15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indic.32__15-04-2025_20250507092814.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indic.33__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indic.34__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indic.35__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indic.36__16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indic.37__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indic.38__24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/ind_40.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_41_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_42_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_43_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_44_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao45_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_46_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_47_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_48_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_49_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao50_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao51_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao52_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_53_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n54_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/244/ind.56_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/245/ind.57_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao58_10-11-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/ind._59-25-junto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/ind._60-25.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/87/requerimento_0012024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/88/requerimento__no_002.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/96/requerimento_no_004_1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/97/requerimento_no_005.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/99/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/100/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/101/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/102/requerimento_010_wander.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/103/requerimento_011_izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/104/requerimento_012__izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/105/requerimento_013_izael_nunes.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/106/requerimento_014_lilian_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/107/requerimento_015_abenilio_e_isaque_junior.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/108/requerimento_016abenilio_e_rosivan_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/109/requerimento_017_abenilio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/110/requerimento_018_ileide.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/111/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/112/requerimento_020_1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/113/requerimento_021_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/114/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/115/requerimento_0232024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/116/requerimento_2403_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/117/requerimento_025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/121/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/122/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/123/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/124/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/125/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/126/requerimento_033.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/127/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/128/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/129/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/130/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/131/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/132/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/133/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/134/requerimento_n_41.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/135/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/136/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/137/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/138/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/58/req._n_01_cassio_aureliano_pereira.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/59/req._n._02_elen_marya.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/60/req._n._03_elen_marya.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/61/req._n._04_elen_marya_e_ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/62/req._n._05_wander_luiz_polidorio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_06._autor.__elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/2/pl-e_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/3/pl-e_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/8/pl-e_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/9/pl-e_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/10/pl-e_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/11/pl-e_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/56/pl-e_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/55/pl-e_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/4/pl-e_no_484-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/5/pl-l_no_02-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/6/pl-l_no_03-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/7/pl-l_no_04-2022_-_cassio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/12/pl-l_no_05-2022_-_elyesio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/13/pl-l_no_06-2022_-_cassio.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/1/plc-e_no_845-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/52/pr_01.2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/57/pr_03.2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/14/r_01-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/15/r_02-22_izaque_e_cassio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/16/r_03-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/17/r_04-22_elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/18/r_05-22_nelson_e_izaque.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/19/r_06-22_elyesyo_e_ileide.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/23/r_07-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/24/r_08-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/25/r_09-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/26/r_10-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/27/r_11-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/28/r_12-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/29/r_13-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/30/r_14-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/31/r_15-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/32/r_16-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/33/r_17-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/34/r_18-22_cassio_e_elem_mayra.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/35/r_19-22_elyesyo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/36/r_20-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/37/r_21-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/38/r_22-22_lilian.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/20/r_23-22_izael.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/39/r_24-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/40/r_25-22_izaque_e_nelson.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/41/r_26-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/43/r_28-22_cassio_e_joao_santana.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/44/r_29-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/45/r_30-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/46/r_31-22_izaque.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/47/r_32-22_izaque.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/21/r_33-22_izael.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/22/r_34-22_izael.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/48/r_35-22_ileide.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/49/r_36-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/50/r_37-22_nelson.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/53/r_38-22_cassio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_001-2021_ver._elyesyo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_002-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_003-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_004-2021_ver._cassio.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_005-2021_ver._nelson.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_007-2021_ver._izaque.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_009-2021_ver._joao.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_010-2021_ver._izaque.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_no_011-2021_ver._wander.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_no_015-2021_ver._ileide_e_elen_mayra.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_no_017-2021_ver._wander.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/75/req._17.2021_izaque_junior.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/76/req._018.2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/77/req._19.2021_cassio_wander_e_nelson_-1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/78/req._20._izaque_junior.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/79/req._25.2021_ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/80/req._26.2021_cassio.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/81/req._28.2021_elyesyo_t._bezerra.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/82/req._32.2021_joao_santana_e_vereador_cassio_a._pereira.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/83/req._33.2021_lilian_de_souza_milhomem.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/84/req._34.2021_ver._ileide_a._de_abreu.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/85/req._35.2021_ver._ileide_alves_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosalvadordotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/86/req._36.2021_vereador_ileide_alves_de_abreu.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H256"/>
+  <dimension ref="A1:H262"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3396,6175 +3450,6331 @@
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>85</v>
       </c>
       <c r="D20" t="s">
-        <v>86</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>87</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B21" t="s">
-[...5 lines deleted...]
-      <c r="D21" t="s">
+      <c r="H21" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>92</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>93</v>
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H23" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" t="s">
+        <v>102</v>
+      </c>
+      <c r="E24" t="s">
         <v>103</v>
       </c>
-      <c r="B24" t="s">
-[...5 lines deleted...]
-      <c r="D24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>107</v>
+      </c>
+      <c r="D25" t="s">
+        <v>102</v>
+      </c>
+      <c r="E25" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H25" t="s">
         <v>109</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" t="s">
+        <v>111</v>
+      </c>
+      <c r="E26" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" t="s">
         <v>113</v>
-      </c>
-[...13 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D27" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E27" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="F27" t="s">
+        <v>113</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" t="s">
+        <v>111</v>
+      </c>
+      <c r="E28" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" t="s">
+        <v>113</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B28" t="s">
-[...14 lines deleted...]
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" t="s">
+        <v>111</v>
+      </c>
+      <c r="E29" t="s">
+        <v>112</v>
+      </c>
+      <c r="F29" t="s">
+        <v>113</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B29" t="s">
-[...11 lines deleted...]
-      <c r="F29" t="s">
+      <c r="H29" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E30" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F30" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H30" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="D31" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E31" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F31" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H31" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>134</v>
+        <v>21</v>
       </c>
       <c r="D32" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E32" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F32" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>136</v>
       </c>
       <c r="H32" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="D33" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E33" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F33" t="s">
-        <v>110</v>
+        <v>139</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H33" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="D34" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E34" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F34" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H34" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>145</v>
+        <v>37</v>
       </c>
       <c r="D35" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E35" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F35" t="s">
-        <v>110</v>
+        <v>146</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H35" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
+        <v>85</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E36" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F36" t="s">
+        <v>146</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>89</v>
+      </c>
+      <c r="D37" t="s">
+        <v>126</v>
+      </c>
+      <c r="E37" t="s">
+        <v>127</v>
+      </c>
+      <c r="F37" t="s">
+        <v>146</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="H37" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>101</v>
+      </c>
+      <c r="D38" t="s">
+        <v>126</v>
+      </c>
+      <c r="E38" t="s">
+        <v>127</v>
+      </c>
+      <c r="F38" t="s">
+        <v>156</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="H38" t="s">
         <v>158</v>
-      </c>
-[...13 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>107</v>
+      </c>
+      <c r="D39" t="s">
+        <v>126</v>
+      </c>
+      <c r="E39" t="s">
+        <v>127</v>
+      </c>
+      <c r="F39" t="s">
+        <v>132</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H39" t="s">
         <v>161</v>
-      </c>
-[...19 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="D40" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E40" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F40" t="s">
-        <v>167</v>
+        <v>132</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="H40" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>171</v>
+        <v>97</v>
       </c>
       <c r="D41" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E41" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F41" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="H41" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="D42" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E42" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F42" t="s">
-        <v>117</v>
+        <v>170</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="H42" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D43" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E43" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F43" t="s">
-        <v>180</v>
+        <v>132</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="H43" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="D44" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E44" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F44" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="H44" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="D45" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E45" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F45" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="H45" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D46" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E46" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F46" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="H46" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D47" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E47" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F47" t="s">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="H47" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="D48" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E48" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F48" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="H48" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="D49" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E49" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F49" t="s">
-        <v>124</v>
+        <v>200</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="H49" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="D50" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E50" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F50" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="H50" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D51" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E51" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F51" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="H51" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="D52" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E52" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F52" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="H52" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="D53" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E53" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F53" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="H53" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D54" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E54" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F54" t="s">
-        <v>117</v>
+        <v>222</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="H54" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="D55" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E55" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F55" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="H55" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="D56" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E56" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F56" t="s">
-        <v>219</v>
+        <v>170</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="H56" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="D57" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E57" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F57" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="H57" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="D58" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E58" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F58" t="s">
-        <v>124</v>
+        <v>239</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="H58" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D59" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E59" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F59" t="s">
-        <v>193</v>
+        <v>156</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="H59" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D60" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E60" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F60" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="H60" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D61" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E61" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F61" t="s">
-        <v>219</v>
+        <v>170</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="H61" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D62" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E62" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F62" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="H62" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D63" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E63" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F63" t="s">
-        <v>264</v>
+        <v>170</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="H63" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D64" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E64" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F64" t="s">
-        <v>219</v>
+        <v>146</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="H64" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="D65" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E65" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F65" t="s">
-        <v>117</v>
+        <v>213</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="H65" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D66" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E66" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F66" t="s">
-        <v>124</v>
+        <v>156</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="H66" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="D67" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E67" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F67" t="s">
-        <v>193</v>
+        <v>239</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="H67" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="D68" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E68" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F68" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="H68" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="D69" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E69" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F69" t="s">
-        <v>150</v>
+        <v>284</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="H69" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>10</v>
+        <v>288</v>
       </c>
       <c r="D70" t="s">
-        <v>292</v>
+        <v>126</v>
       </c>
       <c r="E70" t="s">
-        <v>293</v>
+        <v>127</v>
       </c>
       <c r="F70" t="s">
-        <v>180</v>
+        <v>239</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="H70" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>17</v>
+        <v>292</v>
       </c>
       <c r="D71" t="s">
-        <v>292</v>
+        <v>126</v>
       </c>
       <c r="E71" t="s">
+        <v>127</v>
+      </c>
+      <c r="F71" t="s">
+        <v>139</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="F71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H71" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>21</v>
+        <v>296</v>
       </c>
       <c r="D72" t="s">
-        <v>292</v>
+        <v>126</v>
       </c>
       <c r="E72" t="s">
-        <v>293</v>
+        <v>127</v>
       </c>
       <c r="F72" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="H72" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>299</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>300</v>
+      </c>
+      <c r="D73" t="s">
+        <v>126</v>
+      </c>
+      <c r="E73" t="s">
+        <v>127</v>
+      </c>
+      <c r="F73" t="s">
+        <v>213</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H73" t="s">
         <v>302</v>
-      </c>
-[...19 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>303</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>304</v>
+      </c>
+      <c r="D74" t="s">
+        <v>126</v>
+      </c>
+      <c r="E74" t="s">
+        <v>127</v>
+      </c>
+      <c r="F74" t="s">
+        <v>170</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B74" t="s">
-[...14 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>307</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>308</v>
       </c>
-      <c r="B75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>292</v>
+        <v>126</v>
       </c>
       <c r="E75" t="s">
-        <v>293</v>
+        <v>127</v>
       </c>
       <c r="F75" t="s">
-        <v>193</v>
+        <v>170</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H75" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>311</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E76" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F76" t="s">
-        <v>135</v>
+        <v>200</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H76" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D77" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E77" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F77" t="s">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H77" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D78" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E78" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F78" t="s">
-        <v>117</v>
+        <v>170</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="H78" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D79" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E79" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F79" t="s">
-        <v>321</v>
+        <v>156</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H79" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>325</v>
+        <v>29</v>
       </c>
       <c r="D80" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E80" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F80" t="s">
+        <v>156</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>33</v>
+      </c>
+      <c r="D81" t="s">
+        <v>312</v>
+      </c>
+      <c r="E81" t="s">
+        <v>313</v>
+      </c>
+      <c r="F81" t="s">
+        <v>213</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="H81" t="s">
         <v>330</v>
-      </c>
-[...13 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>331</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>37</v>
+      </c>
+      <c r="D82" t="s">
+        <v>312</v>
+      </c>
+      <c r="E82" t="s">
+        <v>313</v>
+      </c>
+      <c r="F82" t="s">
+        <v>156</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H82" t="s">
         <v>333</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>338</v>
+        <v>41</v>
       </c>
       <c r="D83" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E83" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F83" t="s">
-        <v>339</v>
+        <v>187</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="H83" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D84" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E84" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F84" t="s">
-        <v>321</v>
+        <v>139</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="H84" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>346</v>
+        <v>49</v>
       </c>
       <c r="D85" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E85" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F85" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="H85" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D86" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E86" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F86" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="H86" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D87" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E87" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F87" t="s">
-        <v>355</v>
+        <v>239</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="H87" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D88" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E88" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F88" t="s">
-        <v>150</v>
+        <v>352</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="H88" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>69</v>
+        <v>356</v>
       </c>
       <c r="D89" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E89" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F89" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="H89" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D90" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E90" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F90" t="s">
-        <v>219</v>
+        <v>341</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="H90" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>77</v>
+        <v>364</v>
       </c>
       <c r="D91" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E91" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F91" t="s">
-        <v>219</v>
+        <v>365</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="H91" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>368</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>69</v>
+      </c>
+      <c r="D92" t="s">
+        <v>312</v>
+      </c>
+      <c r="E92" t="s">
+        <v>313</v>
+      </c>
+      <c r="F92" t="s">
+        <v>369</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H92" t="s">
         <v>371</v>
-      </c>
-[...19 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>372</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>73</v>
+      </c>
+      <c r="D93" t="s">
+        <v>312</v>
+      </c>
+      <c r="E93" t="s">
+        <v>313</v>
+      </c>
+      <c r="F93" t="s">
+        <v>373</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="B93" t="s">
-[...14 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>376</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>77</v>
+      </c>
+      <c r="D94" t="s">
+        <v>312</v>
+      </c>
+      <c r="E94" t="s">
+        <v>313</v>
+      </c>
+      <c r="F94" t="s">
+        <v>170</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="B94" t="s">
-[...14 lines deleted...]
-      <c r="G94" s="1" t="s">
+      <c r="H94" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>379</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>81</v>
+      </c>
+      <c r="D95" t="s">
+        <v>312</v>
+      </c>
+      <c r="E95" t="s">
+        <v>313</v>
+      </c>
+      <c r="F95" t="s">
         <v>380</v>
-      </c>
-[...13 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H95" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>383</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>149</v>
+        <v>85</v>
       </c>
       <c r="D96" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E96" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F96" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H96" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>386</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>154</v>
+        <v>89</v>
       </c>
       <c r="D97" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E97" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F97" t="s">
-        <v>117</v>
+        <v>239</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>387</v>
       </c>
       <c r="H97" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>389</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>158</v>
+        <v>101</v>
       </c>
       <c r="D98" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E98" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F98" t="s">
+        <v>146</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="G98" s="1" t="s">
+      <c r="H98" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>392</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>107</v>
+      </c>
+      <c r="D99" t="s">
+        <v>312</v>
+      </c>
+      <c r="E99" t="s">
+        <v>313</v>
+      </c>
+      <c r="F99" t="s">
+        <v>146</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="B99" t="s">
-[...14 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>395</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>93</v>
+      </c>
+      <c r="D100" t="s">
+        <v>312</v>
+      </c>
+      <c r="E100" t="s">
+        <v>313</v>
+      </c>
+      <c r="F100" t="s">
+        <v>156</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B100" t="s">
-[...11 lines deleted...]
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>398</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>97</v>
+      </c>
+      <c r="D101" t="s">
+        <v>312</v>
+      </c>
+      <c r="E101" t="s">
+        <v>313</v>
+      </c>
+      <c r="F101" t="s">
+        <v>156</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H101" t="s">
         <v>400</v>
-      </c>
-[...19 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>401</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>169</v>
+      </c>
+      <c r="D102" t="s">
+        <v>312</v>
+      </c>
+      <c r="E102" t="s">
+        <v>313</v>
+      </c>
+      <c r="F102" t="s">
+        <v>156</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H102" t="s">
         <v>403</v>
-      </c>
-[...19 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>404</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>174</v>
+      </c>
+      <c r="D103" t="s">
+        <v>312</v>
+      </c>
+      <c r="E103" t="s">
+        <v>313</v>
+      </c>
+      <c r="F103" t="s">
+        <v>139</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H103" t="s">
         <v>406</v>
-      </c>
-[...19 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>407</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>178</v>
+      </c>
+      <c r="D104" t="s">
+        <v>312</v>
+      </c>
+      <c r="E104" t="s">
+        <v>313</v>
+      </c>
+      <c r="F104" t="s">
+        <v>408</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H104" t="s">
         <v>410</v>
-      </c>
-[...19 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>411</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>182</v>
+      </c>
+      <c r="D105" t="s">
+        <v>312</v>
+      </c>
+      <c r="E105" t="s">
+        <v>313</v>
+      </c>
+      <c r="F105" t="s">
+        <v>146</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="H105" t="s">
         <v>413</v>
-      </c>
-[...19 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>414</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>186</v>
+      </c>
+      <c r="D106" t="s">
+        <v>312</v>
+      </c>
+      <c r="E106" t="s">
+        <v>313</v>
+      </c>
+      <c r="F106" t="s">
+        <v>415</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B106" t="s">
-[...14 lines deleted...]
-      <c r="G106" s="1" t="s">
+      <c r="H106" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>418</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>191</v>
+      </c>
+      <c r="D107" t="s">
+        <v>312</v>
+      </c>
+      <c r="E107" t="s">
+        <v>313</v>
+      </c>
+      <c r="F107" t="s">
+        <v>239</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B107" t="s">
-[...14 lines deleted...]
-      <c r="G107" s="1" t="s">
+      <c r="H107" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>421</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>195</v>
+      </c>
+      <c r="D108" t="s">
+        <v>312</v>
+      </c>
+      <c r="E108" t="s">
+        <v>313</v>
+      </c>
+      <c r="F108" t="s">
+        <v>139</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B108" t="s">
-[...14 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>424</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>199</v>
+      </c>
+      <c r="D109" t="s">
+        <v>312</v>
+      </c>
+      <c r="E109" t="s">
+        <v>313</v>
+      </c>
+      <c r="F109" t="s">
         <v>425</v>
-      </c>
-[...13 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>426</v>
       </c>
       <c r="H109" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>428</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="D110" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E110" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F110" t="s">
-        <v>219</v>
+        <v>156</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>429</v>
       </c>
       <c r="H110" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>431</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="D111" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E111" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F111" t="s">
+        <v>156</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="G111" s="1" t="s">
+      <c r="H111" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>434</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>212</v>
+      </c>
+      <c r="D112" t="s">
+        <v>312</v>
+      </c>
+      <c r="E112" t="s">
+        <v>313</v>
+      </c>
+      <c r="F112" t="s">
+        <v>139</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="B112" t="s">
-[...14 lines deleted...]
-      <c r="G112" s="1" t="s">
+      <c r="H112" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>437</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>217</v>
+      </c>
+      <c r="D113" t="s">
+        <v>312</v>
+      </c>
+      <c r="E113" t="s">
+        <v>313</v>
+      </c>
+      <c r="F113" t="s">
+        <v>187</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="B113" t="s">
-[...14 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>440</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>226</v>
+      </c>
+      <c r="D114" t="s">
+        <v>312</v>
+      </c>
+      <c r="E114" t="s">
+        <v>313</v>
+      </c>
+      <c r="F114" t="s">
+        <v>139</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B114" t="s">
-[...14 lines deleted...]
-      <c r="G114" s="1" t="s">
+      <c r="H114" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>443</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>230</v>
+      </c>
+      <c r="D115" t="s">
+        <v>312</v>
+      </c>
+      <c r="E115" t="s">
+        <v>313</v>
+      </c>
+      <c r="F115" t="s">
+        <v>213</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B115" t="s">
-[...14 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>446</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>234</v>
+      </c>
+      <c r="D116" t="s">
+        <v>312</v>
+      </c>
+      <c r="E116" t="s">
+        <v>313</v>
+      </c>
+      <c r="F116" t="s">
+        <v>239</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B116" t="s">
-[...14 lines deleted...]
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>449</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>238</v>
+      </c>
+      <c r="D117" t="s">
+        <v>312</v>
+      </c>
+      <c r="E117" t="s">
+        <v>313</v>
+      </c>
+      <c r="F117" t="s">
         <v>450</v>
-      </c>
-[...13 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H117" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>453</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D118" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E118" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F118" t="s">
-        <v>219</v>
+        <v>156</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>454</v>
       </c>
       <c r="H118" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>456</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D119" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E119" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F119" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H119" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>459</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D120" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E120" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F120" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>460</v>
       </c>
       <c r="H120" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>462</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D121" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E121" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F121" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>463</v>
       </c>
       <c r="H121" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>465</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D122" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E122" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F122" t="s">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>466</v>
       </c>
       <c r="H122" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>468</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="D123" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E123" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F123" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H123" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>471</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="D124" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E124" t="s">
-        <v>293</v>
+        <v>313</v>
+      </c>
+      <c r="F124" t="s">
+        <v>239</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H124" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>474</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="D125" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E125" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F125" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>475</v>
       </c>
       <c r="H125" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>477</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="D126" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="E126" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F126" t="s">
+        <v>213</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="G126" s="1" t="s">
+      <c r="H126" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>480</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>279</v>
+      </c>
+      <c r="D127" t="s">
+        <v>312</v>
+      </c>
+      <c r="E127" t="s">
+        <v>313</v>
+      </c>
+      <c r="F127" t="s">
+        <v>213</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="B127" t="s">
-[...14 lines deleted...]
-      <c r="G127" s="1" t="s">
+      <c r="H127" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>483</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>283</v>
+      </c>
+      <c r="D128" t="s">
+        <v>312</v>
+      </c>
+      <c r="E128" t="s">
+        <v>313</v>
+      </c>
+      <c r="F128" t="s">
+        <v>200</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="B128" t="s">
+      <c r="H128" t="s">
         <v>485</v>
-      </c>
-[...13 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B129" t="s">
-        <v>485</v>
+        <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>10</v>
+        <v>292</v>
       </c>
       <c r="D129" t="s">
-        <v>104</v>
+        <v>312</v>
       </c>
       <c r="E129" t="s">
-        <v>105</v>
+        <v>313</v>
       </c>
       <c r="F129" t="s">
-        <v>491</v>
+        <v>139</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="H129" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="B130" t="s">
-        <v>485</v>
+        <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>17</v>
+        <v>296</v>
       </c>
       <c r="D130" t="s">
-        <v>104</v>
+        <v>312</v>
       </c>
       <c r="E130" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="F130" t="s">
+        <v>313</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H130" t="s">
         <v>491</v>
-      </c>
-[...4 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="B131" t="s">
-        <v>485</v>
+        <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>21</v>
+        <v>300</v>
       </c>
       <c r="D131" t="s">
-        <v>104</v>
+        <v>312</v>
       </c>
       <c r="E131" t="s">
-        <v>105</v>
+        <v>313</v>
       </c>
       <c r="F131" t="s">
-        <v>498</v>
+        <v>170</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="H131" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="B132" t="s">
-        <v>485</v>
+        <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>25</v>
+        <v>304</v>
       </c>
       <c r="D132" t="s">
-        <v>104</v>
+        <v>312</v>
       </c>
       <c r="E132" t="s">
-        <v>105</v>
+        <v>313</v>
       </c>
       <c r="F132" t="s">
+        <v>496</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H132" t="s">
         <v>498</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="B133" t="s">
-        <v>485</v>
+        <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>29</v>
+        <v>308</v>
       </c>
       <c r="D133" t="s">
-        <v>104</v>
+        <v>312</v>
       </c>
       <c r="E133" t="s">
-        <v>105</v>
+        <v>313</v>
       </c>
       <c r="F133" t="s">
-        <v>498</v>
+        <v>239</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="H133" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>502</v>
+      </c>
+      <c r="B134" t="s">
+        <v>503</v>
+      </c>
+      <c r="C134" t="s">
+        <v>10</v>
+      </c>
+      <c r="D134" t="s">
+        <v>504</v>
+      </c>
+      <c r="E134" t="s">
+        <v>505</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H134" t="s">
         <v>507</v>
-      </c>
-[...19 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>508</v>
+      </c>
+      <c r="B135" t="s">
+        <v>503</v>
+      </c>
+      <c r="C135" t="s">
+        <v>10</v>
+      </c>
+      <c r="D135" t="s">
+        <v>126</v>
+      </c>
+      <c r="E135" t="s">
+        <v>127</v>
+      </c>
+      <c r="F135" t="s">
+        <v>509</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H135" t="s">
         <v>511</v>
-      </c>
-[...19 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>512</v>
+      </c>
+      <c r="B136" t="s">
+        <v>503</v>
+      </c>
+      <c r="C136" t="s">
+        <v>17</v>
+      </c>
+      <c r="D136" t="s">
+        <v>126</v>
+      </c>
+      <c r="E136" t="s">
+        <v>127</v>
+      </c>
+      <c r="F136" t="s">
+        <v>509</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H136" t="s">
         <v>514</v>
-      </c>
-[...19 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>515</v>
+      </c>
+      <c r="B137" t="s">
+        <v>503</v>
+      </c>
+      <c r="C137" t="s">
+        <v>21</v>
+      </c>
+      <c r="D137" t="s">
+        <v>126</v>
+      </c>
+      <c r="E137" t="s">
+        <v>127</v>
+      </c>
+      <c r="F137" t="s">
+        <v>516</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="B137" t="s">
-[...11 lines deleted...]
-      <c r="F137" t="s">
+      <c r="H137" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>519</v>
+      </c>
+      <c r="B138" t="s">
+        <v>503</v>
+      </c>
+      <c r="C138" t="s">
+        <v>25</v>
+      </c>
+      <c r="D138" t="s">
+        <v>126</v>
+      </c>
+      <c r="E138" t="s">
+        <v>127</v>
+      </c>
+      <c r="F138" t="s">
+        <v>516</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="H138" t="s">
         <v>521</v>
-      </c>
-[...19 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>522</v>
+      </c>
+      <c r="B139" t="s">
+        <v>503</v>
+      </c>
+      <c r="C139" t="s">
+        <v>29</v>
+      </c>
+      <c r="D139" t="s">
+        <v>126</v>
+      </c>
+      <c r="E139" t="s">
+        <v>127</v>
+      </c>
+      <c r="F139" t="s">
+        <v>516</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H139" t="s">
         <v>524</v>
-      </c>
-[...19 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>525</v>
+      </c>
+      <c r="B140" t="s">
+        <v>503</v>
+      </c>
+      <c r="C140" t="s">
+        <v>33</v>
+      </c>
+      <c r="D140" t="s">
+        <v>126</v>
+      </c>
+      <c r="E140" t="s">
+        <v>127</v>
+      </c>
+      <c r="F140" t="s">
+        <v>526</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B140" t="s">
-[...14 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>529</v>
+      </c>
+      <c r="B141" t="s">
+        <v>503</v>
+      </c>
+      <c r="C141" t="s">
+        <v>37</v>
+      </c>
+      <c r="D141" t="s">
+        <v>126</v>
+      </c>
+      <c r="E141" t="s">
+        <v>127</v>
+      </c>
+      <c r="F141" t="s">
+        <v>526</v>
+      </c>
+      <c r="G141" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="B141" t="s">
-[...11 lines deleted...]
-      <c r="F141" t="s">
+      <c r="H141" t="s">
         <v>531</v>
-      </c>
-[...4 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>532</v>
+      </c>
+      <c r="B142" t="s">
+        <v>503</v>
+      </c>
+      <c r="C142" t="s">
+        <v>41</v>
+      </c>
+      <c r="D142" t="s">
+        <v>126</v>
+      </c>
+      <c r="E142" t="s">
+        <v>127</v>
+      </c>
+      <c r="F142" t="s">
+        <v>128</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H142" t="s">
         <v>534</v>
-      </c>
-[...19 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>535</v>
+      </c>
+      <c r="B143" t="s">
+        <v>503</v>
+      </c>
+      <c r="C143" t="s">
+        <v>45</v>
+      </c>
+      <c r="D143" t="s">
+        <v>126</v>
+      </c>
+      <c r="E143" t="s">
+        <v>127</v>
+      </c>
+      <c r="F143" t="s">
+        <v>536</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H143" t="s">
         <v>538</v>
-      </c>
-[...19 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>539</v>
+      </c>
+      <c r="B144" t="s">
+        <v>503</v>
+      </c>
+      <c r="C144" t="s">
+        <v>49</v>
+      </c>
+      <c r="D144" t="s">
+        <v>126</v>
+      </c>
+      <c r="E144" t="s">
+        <v>127</v>
+      </c>
+      <c r="F144" t="s">
+        <v>526</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H144" t="s">
         <v>541</v>
-      </c>
-[...19 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>542</v>
+      </c>
+      <c r="B145" t="s">
+        <v>503</v>
+      </c>
+      <c r="C145" t="s">
+        <v>53</v>
+      </c>
+      <c r="D145" t="s">
+        <v>126</v>
+      </c>
+      <c r="E145" t="s">
+        <v>127</v>
+      </c>
+      <c r="F145" t="s">
+        <v>526</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H145" t="s">
         <v>544</v>
-      </c>
-[...19 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>545</v>
+      </c>
+      <c r="B146" t="s">
+        <v>503</v>
+      </c>
+      <c r="C146" t="s">
+        <v>57</v>
+      </c>
+      <c r="D146" t="s">
+        <v>126</v>
+      </c>
+      <c r="E146" t="s">
+        <v>127</v>
+      </c>
+      <c r="F146" t="s">
+        <v>526</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H146" t="s">
         <v>547</v>
-      </c>
-[...19 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>548</v>
+      </c>
+      <c r="B147" t="s">
+        <v>503</v>
+      </c>
+      <c r="C147" t="s">
+        <v>61</v>
+      </c>
+      <c r="D147" t="s">
+        <v>126</v>
+      </c>
+      <c r="E147" t="s">
+        <v>127</v>
+      </c>
+      <c r="F147" t="s">
+        <v>549</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B147" t="s">
-[...14 lines deleted...]
-      <c r="G147" s="1" t="s">
+      <c r="H147" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>552</v>
+      </c>
+      <c r="B148" t="s">
+        <v>503</v>
+      </c>
+      <c r="C148" t="s">
+        <v>356</v>
+      </c>
+      <c r="D148" t="s">
+        <v>126</v>
+      </c>
+      <c r="E148" t="s">
+        <v>127</v>
+      </c>
+      <c r="F148" t="s">
         <v>553</v>
-      </c>
-[...13 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>554</v>
       </c>
       <c r="H148" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>556</v>
       </c>
       <c r="B149" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C149" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D149" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E149" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F149" t="s">
-        <v>110</v>
+        <v>553</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>557</v>
       </c>
       <c r="H149" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>559</v>
       </c>
       <c r="B150" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C150" t="s">
-        <v>77</v>
+        <v>364</v>
       </c>
       <c r="D150" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E150" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F150" t="s">
-        <v>508</v>
+        <v>553</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>560</v>
       </c>
       <c r="H150" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>562</v>
       </c>
       <c r="B151" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C151" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="D151" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E151" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F151" t="s">
-        <v>518</v>
+        <v>139</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>563</v>
       </c>
       <c r="H151" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>565</v>
       </c>
       <c r="B152" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C152" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="D152" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E152" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F152" t="s">
-        <v>106</v>
+        <v>139</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>566</v>
       </c>
       <c r="H152" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>568</v>
       </c>
       <c r="B153" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C153" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D153" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E153" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F153" t="s">
-        <v>491</v>
+        <v>132</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>569</v>
       </c>
       <c r="H153" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>571</v>
       </c>
       <c r="B154" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C154" t="s">
-        <v>145</v>
+        <v>81</v>
       </c>
       <c r="D154" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E154" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F154" t="s">
-        <v>508</v>
+        <v>132</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>572</v>
       </c>
       <c r="H154" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>574</v>
       </c>
       <c r="B155" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C155" t="s">
-        <v>149</v>
+        <v>85</v>
       </c>
       <c r="D155" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E155" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F155" t="s">
-        <v>498</v>
+        <v>132</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>575</v>
       </c>
       <c r="H155" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>577</v>
       </c>
       <c r="B156" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C156" t="s">
-        <v>154</v>
+        <v>89</v>
       </c>
       <c r="D156" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E156" t="s">
-        <v>105</v>
+        <v>127</v>
+      </c>
+      <c r="F156" t="s">
+        <v>526</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>578</v>
       </c>
       <c r="H156" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>580</v>
       </c>
       <c r="B157" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C157" t="s">
-        <v>158</v>
+        <v>101</v>
       </c>
       <c r="D157" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E157" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F157" t="s">
-        <v>508</v>
+        <v>536</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H157" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>583</v>
       </c>
       <c r="B158" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C158" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="D158" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E158" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F158" t="s">
-        <v>508</v>
+        <v>128</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>584</v>
       </c>
       <c r="H158" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>586</v>
       </c>
       <c r="B159" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C159" t="s">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="D159" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E159" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F159" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>587</v>
       </c>
       <c r="H159" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>589</v>
       </c>
       <c r="B160" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C160" t="s">
-        <v>171</v>
+        <v>97</v>
       </c>
       <c r="D160" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E160" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F160" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H160" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>592</v>
       </c>
       <c r="B161" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C161" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="D161" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E161" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F161" t="s">
-        <v>535</v>
+        <v>516</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>593</v>
       </c>
       <c r="H161" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>595</v>
       </c>
       <c r="B162" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C162" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D162" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E162" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>596</v>
       </c>
       <c r="H162" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>598</v>
       </c>
       <c r="B163" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C163" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="D163" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E163" t="s">
-        <v>105</v>
+        <v>127</v>
+      </c>
+      <c r="F163" t="s">
+        <v>526</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>599</v>
       </c>
       <c r="H163" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>601</v>
       </c>
       <c r="B164" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C164" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="D164" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E164" t="s">
-        <v>105</v>
+        <v>127</v>
+      </c>
+      <c r="F164" t="s">
+        <v>526</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H164" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>604</v>
       </c>
       <c r="B165" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C165" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D165" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E165" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F165" t="s">
-        <v>117</v>
+        <v>509</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H165" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>607</v>
       </c>
       <c r="B166" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C166" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D166" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E166" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F166" t="s">
-        <v>110</v>
+        <v>536</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>608</v>
       </c>
       <c r="H166" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>610</v>
       </c>
       <c r="B167" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C167" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="D167" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E167" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F167" t="s">
-        <v>535</v>
+        <v>553</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>611</v>
       </c>
       <c r="H167" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>613</v>
       </c>
       <c r="B168" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C168" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="D168" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E168" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>127</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>614</v>
       </c>
       <c r="H168" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>616</v>
       </c>
       <c r="B169" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C169" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="D169" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E169" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>127</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>617</v>
       </c>
       <c r="H169" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>619</v>
       </c>
       <c r="B170" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C170" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D170" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E170" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>127</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>620</v>
       </c>
       <c r="H170" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>622</v>
       </c>
       <c r="B171" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C171" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="D171" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E171" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F171" t="s">
-        <v>535</v>
+        <v>139</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>623</v>
       </c>
       <c r="H171" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>625</v>
       </c>
       <c r="B172" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C172" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="D172" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E172" t="s">
-        <v>105</v>
+        <v>127</v>
+      </c>
+      <c r="F172" t="s">
+        <v>132</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>626</v>
       </c>
       <c r="H172" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>280</v>
+        <v>628</v>
       </c>
       <c r="B173" t="s">
-        <v>628</v>
+        <v>503</v>
       </c>
       <c r="C173" t="s">
-        <v>10</v>
+        <v>221</v>
       </c>
       <c r="D173" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E173" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F173" t="s">
-        <v>135</v>
+        <v>553</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>629</v>
       </c>
       <c r="H173" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>284</v>
+        <v>631</v>
       </c>
       <c r="B174" t="s">
-        <v>628</v>
+        <v>503</v>
       </c>
       <c r="C174" t="s">
-        <v>17</v>
+        <v>226</v>
       </c>
       <c r="D174" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E174" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F174" t="s">
-        <v>631</v>
+        <v>536</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>632</v>
       </c>
       <c r="H174" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>288</v>
+        <v>634</v>
       </c>
       <c r="B175" t="s">
-        <v>628</v>
+        <v>503</v>
       </c>
       <c r="C175" t="s">
-        <v>21</v>
+        <v>230</v>
       </c>
       <c r="D175" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E175" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F175" t="s">
-        <v>631</v>
+        <v>553</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="H175" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B176" t="s">
-        <v>628</v>
+        <v>503</v>
       </c>
       <c r="C176" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="D176" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E176" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F176" t="s">
-        <v>631</v>
+        <v>553</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="H176" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B177" t="s">
-        <v>628</v>
+        <v>503</v>
       </c>
       <c r="C177" t="s">
-        <v>29</v>
+        <v>238</v>
       </c>
       <c r="D177" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E177" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F177" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H177" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B178" t="s">
-        <v>628</v>
+        <v>503</v>
       </c>
       <c r="C178" t="s">
-        <v>100</v>
+        <v>243</v>
       </c>
       <c r="D178" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E178" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>127</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="H178" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>17</v>
+        <v>300</v>
       </c>
       <c r="B179" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C179" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="E179" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F179" t="s">
-        <v>646</v>
+        <v>156</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>647</v>
       </c>
       <c r="H179" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>21</v>
+        <v>304</v>
       </c>
       <c r="B180" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C180" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D180" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="E180" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F180" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H180" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>37</v>
+        <v>308</v>
       </c>
       <c r="B181" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C181" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="E181" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F181" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="H181" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>41</v>
+        <v>654</v>
       </c>
       <c r="B182" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C182" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D182" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="E182" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F182" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="H182" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>45</v>
+        <v>657</v>
       </c>
       <c r="B183" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C183" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D183" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="E183" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F183" t="s">
-        <v>646</v>
+        <v>536</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="H183" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>325</v>
+        <v>660</v>
       </c>
       <c r="B184" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C184" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="E184" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="F184" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="H184" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>272</v>
+        <v>17</v>
       </c>
       <c r="B185" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C185" t="s">
-        <v>325</v>
+        <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>646</v>
+        <v>664</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="H185" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>268</v>
+        <v>21</v>
       </c>
       <c r="B186" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C186" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>646</v>
+        <v>664</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="H186" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="B187" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C187" t="s">
-        <v>663</v>
+        <v>33</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>646</v>
+        <v>664</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="H187" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="B188" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C188" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D188" t="s">
-        <v>666</v>
+        <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>667</v>
+        <v>12</v>
       </c>
       <c r="F188" t="s">
-        <v>110</v>
+        <v>664</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="H188" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="B189" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C189" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D189" t="s">
-        <v>666</v>
+        <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>667</v>
+        <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>110</v>
+        <v>664</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="H189" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="B190" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C190" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D190" t="s">
-        <v>666</v>
+        <v>11</v>
       </c>
       <c r="E190" t="s">
-        <v>667</v>
+        <v>12</v>
       </c>
       <c r="F190" t="s">
-        <v>135</v>
+        <v>664</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="H190" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>330</v>
+        <v>292</v>
       </c>
       <c r="B191" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C191" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="D191" t="s">
-        <v>666</v>
+        <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>667</v>
+        <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>110</v>
+        <v>664</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="H191" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>49</v>
+        <v>288</v>
       </c>
       <c r="B192" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C192" t="s">
-        <v>100</v>
+        <v>61</v>
       </c>
       <c r="D192" t="s">
-        <v>666</v>
+        <v>11</v>
       </c>
       <c r="E192" t="s">
-        <v>667</v>
+        <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>135</v>
+        <v>664</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="H192" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="B193" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C193" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="D193" t="s">
-        <v>86</v>
+        <v>11</v>
       </c>
       <c r="E193" t="s">
-        <v>87</v>
+        <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>646</v>
+        <v>664</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="H193" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>255</v>
+        <v>29</v>
       </c>
       <c r="B194" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C194" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D194" t="s">
-        <v>91</v>
+        <v>684</v>
       </c>
       <c r="E194" t="s">
-        <v>92</v>
+        <v>685</v>
       </c>
       <c r="F194" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H194" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>276</v>
+        <v>33</v>
       </c>
       <c r="B195" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C195" t="s">
         <v>21</v>
       </c>
       <c r="D195" t="s">
-        <v>91</v>
+        <v>684</v>
       </c>
       <c r="E195" t="s">
-        <v>92</v>
+        <v>685</v>
       </c>
       <c r="F195" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="H195" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>338</v>
+        <v>37</v>
       </c>
       <c r="B196" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C196" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D196" t="s">
-        <v>104</v>
+        <v>684</v>
       </c>
       <c r="E196" t="s">
-        <v>105</v>
+        <v>685</v>
       </c>
       <c r="F196" t="s">
-        <v>110</v>
+        <v>156</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="H196" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B197" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C197" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D197" t="s">
-        <v>104</v>
+        <v>684</v>
       </c>
       <c r="E197" t="s">
-        <v>105</v>
+        <v>685</v>
       </c>
       <c r="F197" t="s">
-        <v>687</v>
+        <v>132</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="H197" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>346</v>
+        <v>61</v>
       </c>
       <c r="B198" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C198" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D198" t="s">
-        <v>104</v>
+        <v>684</v>
       </c>
       <c r="E198" t="s">
-        <v>105</v>
+        <v>685</v>
       </c>
       <c r="F198" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="H198" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="B199" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C199" t="s">
-        <v>25</v>
+        <v>696</v>
       </c>
       <c r="D199" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E199" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F199" t="s">
-        <v>631</v>
+        <v>664</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="H199" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>61</v>
+        <v>275</v>
       </c>
       <c r="B200" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C200" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E200" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="F200" t="s">
-        <v>694</v>
+        <v>156</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="H200" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>65</v>
+        <v>296</v>
       </c>
       <c r="B201" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C201" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="D201" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E201" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="F201" t="s">
-        <v>697</v>
+        <v>156</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="H201" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>134</v>
+        <v>356</v>
       </c>
       <c r="B202" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C202" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D202" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E202" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F202" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="H202" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="B203" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C203" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D203" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E203" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F203" t="s">
-        <v>110</v>
+        <v>705</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="H203" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>81</v>
+        <v>364</v>
       </c>
       <c r="B204" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C204" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D204" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E204" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F204" t="s">
-        <v>491</v>
+        <v>156</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="H204" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>145</v>
+        <v>69</v>
       </c>
       <c r="B205" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C205" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D205" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E205" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F205" t="s">
-        <v>491</v>
+        <v>649</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="H205" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>149</v>
+        <v>73</v>
       </c>
       <c r="B206" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C206" t="s">
-        <v>325</v>
+        <v>29</v>
       </c>
       <c r="D206" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E206" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F206" t="s">
-        <v>110</v>
+        <v>712</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="H206" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>154</v>
+        <v>77</v>
       </c>
       <c r="B207" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C207" t="s">
-        <v>330</v>
+        <v>33</v>
       </c>
       <c r="D207" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E207" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F207" t="s">
-        <v>135</v>
+        <v>715</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="H207" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>158</v>
+        <v>101</v>
       </c>
       <c r="B208" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C208" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D208" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E208" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F208" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="H208" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="B209" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C209" t="s">
-        <v>338</v>
+        <v>41</v>
       </c>
       <c r="D209" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E209" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F209" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="H209" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="B210" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C210" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D210" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E210" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F210" t="s">
-        <v>117</v>
+        <v>509</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="H210" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>171</v>
+        <v>97</v>
       </c>
       <c r="B211" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C211" t="s">
-        <v>346</v>
+        <v>49</v>
       </c>
       <c r="D211" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E211" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F211" t="s">
-        <v>135</v>
+        <v>509</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="H211" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B212" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C212" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D212" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E212" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F212" t="s">
-        <v>720</v>
+        <v>132</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="H212" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B213" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C213" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D213" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E213" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F213" t="s">
-        <v>723</v>
+        <v>156</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="H213" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="B214" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C214" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D214" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E214" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F214" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="H214" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B215" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C215" t="s">
-        <v>69</v>
+        <v>356</v>
       </c>
       <c r="D215" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E215" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F215" t="s">
-        <v>720</v>
+        <v>132</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="H215" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="B216" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C216" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D216" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E216" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F216" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="H216" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B217" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C217" t="s">
-        <v>77</v>
+        <v>364</v>
       </c>
       <c r="D217" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E217" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F217" t="s">
-        <v>531</v>
+        <v>156</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="H217" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>195</v>
+      </c>
+      <c r="B218" t="s">
+        <v>663</v>
+      </c>
+      <c r="C218" t="s">
         <v>69</v>
       </c>
-      <c r="B218" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D218" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E218" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F218" t="s">
-        <v>508</v>
+        <v>738</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="H218" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B219" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C219" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="D219" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E219" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F219" t="s">
-        <v>117</v>
+        <v>741</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="H219" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B220" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C220" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D220" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E220" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F220" t="s">
-        <v>720</v>
+        <v>132</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="H220" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B221" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C221" t="s">
-        <v>145</v>
+        <v>81</v>
       </c>
       <c r="D221" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E221" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F221" t="s">
-        <v>117</v>
+        <v>738</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="H221" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B222" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C222" t="s">
-        <v>149</v>
+        <v>85</v>
       </c>
       <c r="D222" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E222" t="s">
-        <v>105</v>
+        <v>127</v>
+      </c>
+      <c r="F222" t="s">
+        <v>139</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>499</v>
+        <v>748</v>
       </c>
       <c r="H222" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B223" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C223" t="s">
-        <v>154</v>
+        <v>89</v>
       </c>
       <c r="D223" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E223" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F223" t="s">
-        <v>743</v>
+        <v>549</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="H223" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>223</v>
+        <v>81</v>
       </c>
       <c r="B224" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C224" t="s">
-        <v>158</v>
+        <v>101</v>
       </c>
       <c r="D224" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E224" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F224" t="s">
-        <v>135</v>
+        <v>526</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="H224" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="B225" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C225" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="D225" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E225" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F225" t="s">
-        <v>491</v>
+        <v>139</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="H225" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B226" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C226" t="s">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="D226" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E226" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F226" t="s">
-        <v>106</v>
+        <v>738</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="H226" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="B227" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C227" t="s">
-        <v>171</v>
+        <v>97</v>
       </c>
       <c r="D227" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E227" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F227" t="s">
-        <v>106</v>
+        <v>139</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="H227" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>73</v>
+        <v>234</v>
       </c>
       <c r="B228" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C228" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="D228" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E228" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>508</v>
+        <v>127</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>754</v>
+        <v>517</v>
       </c>
       <c r="H228" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>77</v>
+        <v>238</v>
       </c>
       <c r="B229" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C229" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D229" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E229" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F229" t="s">
-        <v>508</v>
+        <v>761</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="H229" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B230" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C230" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="D230" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E230" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F230" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="H230" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B231" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C231" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="D231" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E231" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F231" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="H231" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B232" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C232" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D232" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E232" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F232" t="s">
-        <v>491</v>
+        <v>128</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="H232" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B233" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="C233" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D233" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E233" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F233" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="H233" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>766</v>
+        <v>85</v>
       </c>
       <c r="B234" t="s">
-        <v>767</v>
+        <v>663</v>
       </c>
       <c r="C234" t="s">
-        <v>10</v>
+        <v>195</v>
       </c>
       <c r="D234" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E234" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F234" t="s">
-        <v>110</v>
+        <v>526</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="H234" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>770</v>
+        <v>89</v>
       </c>
       <c r="B235" t="s">
-        <v>767</v>
+        <v>663</v>
       </c>
       <c r="C235" t="s">
-        <v>17</v>
+        <v>199</v>
       </c>
       <c r="D235" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E235" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F235" t="s">
-        <v>491</v>
+        <v>526</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="H235" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>773</v>
+        <v>259</v>
       </c>
       <c r="B236" t="s">
-        <v>767</v>
+        <v>663</v>
       </c>
       <c r="C236" t="s">
-        <v>21</v>
+        <v>204</v>
       </c>
       <c r="D236" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E236" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F236" t="s">
-        <v>491</v>
+        <v>139</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="H236" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>776</v>
+        <v>263</v>
       </c>
       <c r="B237" t="s">
-        <v>767</v>
+        <v>663</v>
       </c>
       <c r="C237" t="s">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="D237" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E237" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F237" t="s">
-        <v>135</v>
+        <v>509</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="H237" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>779</v>
+        <v>267</v>
       </c>
       <c r="B238" t="s">
-        <v>767</v>
+        <v>663</v>
       </c>
       <c r="C238" t="s">
-        <v>29</v>
+        <v>212</v>
       </c>
       <c r="D238" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E238" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F238" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H238" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
+        <v>279</v>
+      </c>
+      <c r="B239" t="s">
+        <v>663</v>
+      </c>
+      <c r="C239" t="s">
+        <v>217</v>
+      </c>
+      <c r="D239" t="s">
+        <v>126</v>
+      </c>
+      <c r="E239" t="s">
+        <v>127</v>
+      </c>
+      <c r="F239" t="s">
+        <v>156</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="B239" t="s">
-[...14 lines deleted...]
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>784</v>
+      </c>
+      <c r="B240" t="s">
         <v>785</v>
       </c>
-      <c r="B240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="D240" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E240" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F240" t="s">
+        <v>132</v>
+      </c>
+      <c r="G240" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="G240" s="1" t="s">
+      <c r="H240" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>788</v>
+      </c>
+      <c r="B241" t="s">
+        <v>785</v>
+      </c>
+      <c r="C241" t="s">
+        <v>17</v>
+      </c>
+      <c r="D241" t="s">
+        <v>126</v>
+      </c>
+      <c r="E241" t="s">
+        <v>127</v>
+      </c>
+      <c r="F241" t="s">
+        <v>509</v>
+      </c>
+      <c r="G241" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B241" t="s">
-[...14 lines deleted...]
-      <c r="G241" s="1" t="s">
+      <c r="H241" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
+        <v>791</v>
+      </c>
+      <c r="B242" t="s">
+        <v>785</v>
+      </c>
+      <c r="C242" t="s">
+        <v>21</v>
+      </c>
+      <c r="D242" t="s">
+        <v>126</v>
+      </c>
+      <c r="E242" t="s">
+        <v>127</v>
+      </c>
+      <c r="F242" t="s">
+        <v>509</v>
+      </c>
+      <c r="G242" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="B242" t="s">
-[...14 lines deleted...]
-      <c r="G242" s="1" t="s">
+      <c r="H242" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
+        <v>794</v>
+      </c>
+      <c r="B243" t="s">
+        <v>785</v>
+      </c>
+      <c r="C243" t="s">
+        <v>25</v>
+      </c>
+      <c r="D243" t="s">
+        <v>126</v>
+      </c>
+      <c r="E243" t="s">
+        <v>127</v>
+      </c>
+      <c r="F243" t="s">
+        <v>156</v>
+      </c>
+      <c r="G243" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="B243" t="s">
-[...14 lines deleted...]
-      <c r="G243" s="1" t="s">
+      <c r="H243" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
+        <v>797</v>
+      </c>
+      <c r="B244" t="s">
+        <v>785</v>
+      </c>
+      <c r="C244" t="s">
+        <v>29</v>
+      </c>
+      <c r="D244" t="s">
+        <v>126</v>
+      </c>
+      <c r="E244" t="s">
+        <v>127</v>
+      </c>
+      <c r="F244" t="s">
+        <v>509</v>
+      </c>
+      <c r="G244" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="B244" t="s">
-[...14 lines deleted...]
-      <c r="G244" s="1" t="s">
+      <c r="H244" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
+        <v>800</v>
+      </c>
+      <c r="B245" t="s">
+        <v>785</v>
+      </c>
+      <c r="C245" t="s">
+        <v>37</v>
+      </c>
+      <c r="D245" t="s">
+        <v>126</v>
+      </c>
+      <c r="E245" t="s">
+        <v>127</v>
+      </c>
+      <c r="F245" t="s">
+        <v>128</v>
+      </c>
+      <c r="G245" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="B245" t="s">
-[...14 lines deleted...]
-      <c r="G245" s="1" t="s">
+      <c r="H245" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
+        <v>803</v>
+      </c>
+      <c r="B246" t="s">
+        <v>785</v>
+      </c>
+      <c r="C246" t="s">
+        <v>45</v>
+      </c>
+      <c r="D246" t="s">
+        <v>126</v>
+      </c>
+      <c r="E246" t="s">
+        <v>127</v>
+      </c>
+      <c r="F246" t="s">
         <v>804</v>
-      </c>
-[...13 lines deleted...]
-        <v>491</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>805</v>
       </c>
       <c r="H246" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>807</v>
       </c>
       <c r="B247" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C247" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="D247" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E247" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F247" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>808</v>
       </c>
       <c r="H247" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>810</v>
       </c>
       <c r="B248" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C248" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="D248" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E248" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F248" t="s">
-        <v>106</v>
+        <v>536</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>811</v>
       </c>
       <c r="H248" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>813</v>
       </c>
       <c r="B249" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C249" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="D249" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E249" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F249" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>814</v>
       </c>
       <c r="H249" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>816</v>
       </c>
       <c r="B250" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C250" t="s">
-        <v>145</v>
+        <v>364</v>
       </c>
       <c r="D250" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E250" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F250" t="s">
-        <v>135</v>
+        <v>536</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>817</v>
       </c>
       <c r="H250" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>819</v>
       </c>
       <c r="B251" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C251" t="s">
-        <v>154</v>
+        <v>69</v>
       </c>
       <c r="D251" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E251" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F251" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>820</v>
       </c>
       <c r="H251" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>822</v>
       </c>
       <c r="B252" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C252" t="s">
-        <v>171</v>
+        <v>73</v>
       </c>
       <c r="D252" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E252" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F252" t="s">
-        <v>786</v>
+        <v>509</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>823</v>
       </c>
       <c r="H252" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>825</v>
       </c>
       <c r="B253" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C253" t="s">
-        <v>175</v>
+        <v>77</v>
       </c>
       <c r="D253" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E253" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F253" t="s">
-        <v>531</v>
+        <v>156</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>826</v>
       </c>
       <c r="H253" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>828</v>
       </c>
       <c r="B254" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C254" t="s">
-        <v>179</v>
+        <v>81</v>
       </c>
       <c r="D254" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E254" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F254" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>829</v>
       </c>
       <c r="H254" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>831</v>
       </c>
       <c r="B255" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C255" t="s">
-        <v>184</v>
+        <v>93</v>
       </c>
       <c r="D255" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E255" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F255" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>832</v>
       </c>
       <c r="H255" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>834</v>
       </c>
       <c r="B256" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="C256" t="s">
-        <v>188</v>
+        <v>97</v>
       </c>
       <c r="D256" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="E256" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F256" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>835</v>
       </c>
       <c r="H256" t="s">
         <v>836</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>837</v>
+      </c>
+      <c r="B257" t="s">
+        <v>785</v>
+      </c>
+      <c r="C257" t="s">
+        <v>174</v>
+      </c>
+      <c r="D257" t="s">
+        <v>126</v>
+      </c>
+      <c r="E257" t="s">
+        <v>127</v>
+      </c>
+      <c r="F257" t="s">
+        <v>132</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H257" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>840</v>
+      </c>
+      <c r="B258" t="s">
+        <v>785</v>
+      </c>
+      <c r="C258" t="s">
+        <v>191</v>
+      </c>
+      <c r="D258" t="s">
+        <v>126</v>
+      </c>
+      <c r="E258" t="s">
+        <v>127</v>
+      </c>
+      <c r="F258" t="s">
+        <v>804</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H258" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>843</v>
+      </c>
+      <c r="B259" t="s">
+        <v>785</v>
+      </c>
+      <c r="C259" t="s">
+        <v>195</v>
+      </c>
+      <c r="D259" t="s">
+        <v>126</v>
+      </c>
+      <c r="E259" t="s">
+        <v>127</v>
+      </c>
+      <c r="F259" t="s">
+        <v>549</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H259" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>846</v>
+      </c>
+      <c r="B260" t="s">
+        <v>785</v>
+      </c>
+      <c r="C260" t="s">
+        <v>199</v>
+      </c>
+      <c r="D260" t="s">
+        <v>126</v>
+      </c>
+      <c r="E260" t="s">
+        <v>127</v>
+      </c>
+      <c r="F260" t="s">
+        <v>139</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H260" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>849</v>
+      </c>
+      <c r="B261" t="s">
+        <v>785</v>
+      </c>
+      <c r="C261" t="s">
+        <v>204</v>
+      </c>
+      <c r="D261" t="s">
+        <v>126</v>
+      </c>
+      <c r="E261" t="s">
+        <v>127</v>
+      </c>
+      <c r="F261" t="s">
+        <v>139</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H261" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>852</v>
+      </c>
+      <c r="B262" t="s">
+        <v>785</v>
+      </c>
+      <c r="C262" t="s">
+        <v>208</v>
+      </c>
+      <c r="D262" t="s">
+        <v>126</v>
+      </c>
+      <c r="E262" t="s">
+        <v>127</v>
+      </c>
+      <c r="F262" t="s">
+        <v>139</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H262" t="s">
+        <v>854</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9780,50 +9990,56 @@
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
     <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>